--- v0 (2026-02-16)
+++ v1 (2026-03-25)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202601292035HC</w:t>
+              <w:t xml:space="preserve">EU202603251200HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -389,50 +389,52 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 【经典全含】入内阿尔罕布拉宫，圣家族大教堂，奎尔公园，马德里皇宫，均含官导
+                <w:br/>
+                ★【伯纳乌球场】走进皇马主场，感受足球圣地的魅力
                 <w:br/>
                 ★ 【网红打卡】“陆止于此，海始于斯”罗卡角
                 <w:br/>
                 ★ 【高速列车】安排巴塞罗那- 马德里AVE 高速列车，省去 700 多公里 7 小时拉车时间，行程更轻松
                 <w:br/>
                 ★【龙达】：隆达也是西班牙斗牛的发源地，这里有西班牙历史悠久的斗牛场及博物馆， 真人秀《花样姐姐》也在此取景
                 <w:br/>
                 ★【千年古城托莱多】：世界文化遗产之城，基督教、伊斯兰教和犹太教几种文明荟萃之地，因此也被誉为“三文化”名城
                 <w:br/>
                 ★【塞维利亚】：西班牙国粹弗拉明戈舞蹈的发源地，安达卢西亚首府
                 <w:br/>
                 ★【塞戈维亚】：一般是古罗马的雄浑，一半是迪士尼城堡的梦幻
                 <w:br/>
                 ★【格拉纳达】：石榴之城，阿拉伯风情的白色房屋鳞次栉比沿山而建
                 <w:br/>
                 ★【瓦伦西亚】：古老文明与现代科学的交织碰撞，“地中海明珠” 
                 <w:br/>
                 ★【辛特拉】人文景观与自然风光揉合在一起，难怪诗人拜伦把辛特拉喻为“灿烂伊甸园
                 <w:br/>
                 ★ 【葡萄牙深度】——造访醉美城市--波尔图，漫步路易一世大桥，品当地特色波特酒
                 <w:br/>
                 ★  打卡“葡萄牙醉美火车站”--圣托本火车站
                 <w:br/>
                 ★ 塞维利亚复古马车游，可谓是这里ZUI亮眼的风景线。
                 <w:br/>
@@ -1297,50 +1299,52 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马德里-(大巴约70公里)-托莱多-(大巴约70公里)-马德里
                 <w:br/>
                 ●【马德里皇宫】入内（游览不少于45分钟）,皇宫又称东方宫，内部金碧辉煌，显露波旁王朝的富贵奢华，现在仍是国王接待国宾的主要场所。内部有3418个房间，每个房间都各具特色。这里保存了大量精美的油画、收藏品、兵器、瓷器、钟表、金银物品。（如临时遇国事活动关门，退门票10欧，敬请谅解）。
                 <w:br/>
+                ●【伯纳乌球场】入内（游览不少于45分钟）,西甲巨人皇家马德里的主场，世界知名的足球场之一。
+                <w:br/>
                 ●【托莱多】（游览不少于1小时）,曾经的西班牙卡斯蒂利亚王国的首都，是世界文化遗产城市。托莱多本身就是一件艺术品，大街小巷充满了罗马时期、西哥特时期、穆斯林风格以及犹太风格的建筑，漫步在著名的托莱多艺术品街区，享受这座有着“帝国皇冠加冕过的城市”美誉小城的沧桑与美丽。
                 <w:br/>
                 ●【托莱多大教堂】外观（游览不少于15分钟）,哥特艺术的代表作，是当时西班牙基督教教会总教区的第一大教堂，是西班牙排名第二的大教堂。
                 <w:br/>
                 ●【托莱多市政厅】外观（游览不少于15分钟）,位于市中心，具有浓厚的文艺复兴风格，毗邻法院和大教堂，17世纪建成，广场全由石头铺就，里面为古典主义风格，附近就是游客服务中心。
                 <w:br/>
                 ●【英格列斯百货公司】（游览不少于1小时）,l corte ingles商场是西班牙规模至大的百货公司连锁集团，在这里可以买到各种大牌奢侈品的首饰、护肤品、香水、箱包、太阳镜，以及一些平价服饰、运动品牌等。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1747,51 +1751,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.住宿：全程欧洲豪华或同等级酒店，巴塞罗马或马德里升级2晚超豪华连住：以两人一房为标准、酒店欧陆式早餐
                 <w:br/>
                 2.用餐：行程注明所含的10个早餐 20个正餐（含5个特色餐：西班牙海鲜饭，葡萄牙鳕鱼餐，品尝葡式蛋挞，佛朗明哥晚宴，海鲜自助大餐含酒水 ），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3.国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4.用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；巴塞罗那至马德里AVE火车二等座；
                 <w:br/>
                 5.国内交通：如遇香港往返航班：含深圳口岸至香港机场往返交通；
                 <w:br/>
-                6.门票：行程中所含的首道门票：马德里皇宫（含官导）、圣家族大教堂（含官导）、奎尔公园（含官导）、阿尔罕布拉宫（含官导）、托莱多官导、龙达官导、塞戈维亚官导、罗卡角、桑德曼酒庄、塞维利亚复古马车；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
+                6.门票：行程中所含的首道门票：马德里皇宫（含官导）、圣家族大教堂（含官导）、伯纳乌球场、奎尔公园（含官导）、阿尔罕布拉宫（含官导）、托莱多官导、龙达官导、塞戈维亚官导、罗卡角、桑德曼酒庄、塞维利亚复古马车；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
                 <w:br/>
                 7.保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险；
                 <w:br/>
                 8.2人WIFI；
                 <w:br/>
                 9.行程所需ADS旅游签证费；
                 <w:br/>
                 10.全程司导服务费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -2264,51 +2268,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>