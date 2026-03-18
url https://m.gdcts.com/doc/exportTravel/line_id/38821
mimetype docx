--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春运及春节【越界新知•崇左奇遇记】 广西双动4天  德天跨国大瀑布|稻田咖啡观瀑|中越风情街|白头叶猴自然保护区|崇左明仕田园|穿越伏那秘境丁达尔雨林|亲子山水牧场|峒那屿湾画舫|龙碧滩.天空之镜| “骆越古泉”花山温泉谷|行程单</w:t>
+        <w:t xml:space="preserve">【越界新知•崇左奇遇记】 广西双动4天  德天跨国大瀑布|稻田咖啡观瀑|中越风情街|白头叶猴自然保护区|崇左明仕田园|穿越伏那秘境丁达尔雨林|亲子山水牧场|峒那屿湾画舫|龙碧滩.天空之镜| “骆越古泉”花山温泉谷|行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -650,51 +650,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南宁—崇左
                 <w:br/>
-                酒店享用早餐后前往美丽的大新县，抵达后前往游览【峒那屿湾景区】（游览约2小时，自费套票已含景区游船），景区自然与人文资源富集，喀斯特山水风光纯美秀丽，孕育在别样山水的黑水河域，聚集了桂西南奇山秀水之精华，人称“别样漓江”、“桂水仙河”，曾被《花千骨》、《蜀山战记》等多部影视剧取景。主要景观聚集在“峒那屿湾八景”，乘舟可远观山屿连涟，登岸则近看林石缠绵。集奇山秀水精华，承千年土司文化景区内江河纵横，绿岛村庄相依，景点密布应接不暇，漫游仙河，景随舟移，沿途奇峰夹峙，碧波清幽，古树成荫，俨然桃源仙境，有着“世袭土司后花园”的美。午餐品尝【崇左百香果风味宴】。后前往游览【伏那秘境探索】（丁达尔秘境穿越，游览时长约3小时），伏那秘境（丁达尔秘境徒步线路）属典型的北热带喀斯特森林，秘境线路位于广西恩城国家自然保护区内，系恩城国家级自然保护区唯一合法授权线路，遵循“自然生态、艺术野趣、安全舒适”的营造手法，将秘境溪流、水潭、跌水、森林、石林、草甸等原始景色串珠成链，深挖&amp;#160;“水上森林”特色，以生态为底，以水为形，以丁达尔秘境穿越等体验感独特的项目为产品核心，集生态体验、生态教育、生态休闲为一体的喀斯特水上森林生态旅游项目。后乘车前往入住【宁明花山温泉酒店】，酒店环境优雅安静，独具民族风情，完美融入骆越文化元素，柔合了现代风格的豪华与别致。泡浴【骆越古温泉】（套票已赠送），花山温泉还有岩洞温泉，温泉水中富含十多种对人体有益的微量元素，消除旅途疲劳，叹享尊贵体验！
+                酒店享用早餐后前往美丽的大新县，抵达后前往游览【峒那屿湾景区】（游览约2小时，自费套票已含景区游船），景区自然与人文资源富集，喀斯特山水风光纯美秀丽，孕育在别样山水的黑水河域，聚集了桂西南奇山秀水之精华，人称“别样漓江”、“桂水仙河”，曾被《花千骨》、《蜀山战记》等多部影视剧取景。主要景观聚集在“峒那屿湾八景”，乘舟可远观山屿连涟，登岸则近看林石缠绵。集奇山秀水精华，承千年土司文化景区内江河纵横，绿岛村庄相依，景点密布应接不暇，漫游仙河，景随舟移，沿途奇峰夹峙，碧波清幽，古树成荫，俨然桃源仙境，有着“世袭土司后花园”的美。午餐品尝【崇左百香果风味宴】。后前往游览【伏那秘境探索】（丁达尔秘境穿越，游览时长约3小时），伏那秘境（丁达尔秘境徒步线路）属典型的北热带喀斯特森林，秘境线路位于广西恩城国家自然保护区内，系恩城国家级自然保护区唯一合法授权线路，遵循“自然生态、艺术野趣、安全舒适”的营造手法，将秘境溪流、水潭、跌水、森林、石林、草甸等原始景色串珠成链，深挖 “水上森林”特色，以生态为底，以水为形，以丁达尔秘境穿越等体验感独特的项目为产品核心，集生态体验、生态教育、生态休闲为一体的喀斯特水上森林生态旅游项目。后乘车前往入住【宁明花山温泉酒店】，酒店环境优雅安静，独具民族风情，完美融入骆越文化元素，柔合了现代风格的豪华与别致。泡浴【骆越古温泉】（套票已赠送），花山温泉还有岩洞温泉，温泉水中富含十多种对人体有益的微量元素，消除旅途疲劳，叹享尊贵体验！
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1516,51 +1516,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>