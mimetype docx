--- v0 (2026-02-12)
+++ v1 (2026-03-07)
@@ -815,51 +815,51 @@
                 交通：旅游车
                 <w:br/>
                 景点：南山、大小洞天
                 <w:br/>
                 购物点：海洋特产超市
                 <w:br/>
                 自费项：南山/大小洞天电瓶车、景区内园中园项目郡不含，消费自愿原则，费用请当地自理；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">三亚指定酒店（4钻版）：三亚君锦滨海/大东海君亭/玛瑞纳/夏威夷/宝宏/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯/马兰花假日或不低于以上标准网评4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -914,51 +914,51 @@
                 4、海南大部分景区内自设有购物商场，此非我司单独安排的购物店，消费均遵循自愿原则，请知悉。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：天涯海角；玫瑰谷
                 <w:br/>
                 自费项：天涯海角电瓶车/园区项目不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：海南味道风味小炒     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：海南味道风味小炒     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1011,51 +1011,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—三亚往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：全程入住当地豪华标准建设双人间（网评4钻），不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
-                3、用餐：全程安排4正3早，早餐酒店含（不用不退），（其中包含2个特色餐：文昌鸡宴30元/人、海南味道风味小炒30元/人，其他正餐为25元/人），正餐10人1桌（簸箕餐除外），人数增减时，菜量相应增减，但维持餐标不变。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                3、用餐：全程安排6正3早，早餐酒店含（不用不退），（其中包含2个特色餐：文昌鸡宴30元/人、海南味道风味小炒30元/人，其他正餐为25元/人），正餐10人1桌（簸箕餐除外），人数增减时，菜量相应增减，但维持餐标不变。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：海南省全程空调旅游车（预留1-3个空座，海南24正座以下旅游车无行李箱）；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。8人以下（含儿童）安排导游兼司机（无空座率）；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外）；行程中包含的“分界洲岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费、服务费；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2 岁以下婴儿不含任何费用，大交通由家长自理；
                 <w:br/>
                 8、购物点：1个【海洋特产超市】，消费自愿原则
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 9、自费项目：导游会推荐晚间自费项目
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1997,51 +1997,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>