--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -43,51 +43,51 @@
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">【靓点海南环岛之路】三亚双飞6天丨海花岛丨分界洲岛丨南山丨天涯海角丨大小洞天丨文笔峰丨海口骑楼老街丨澄迈福山咖啡小镇丨网红万宁行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">三亚+东方+儋州+临高+海口+文昌+定安+陵水，东西大环线环岛</w:t>
+        <w:t xml:space="preserve">三亚+东方+儋州+临高+海口+定安+陵水，东西大环线环岛</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MJJQ-20260210-GDS3</w:t>
+              <w:t xml:space="preserve">MJJQ-20260324-GDS3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -357,53 +357,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-三亚AQ1111/19:20-20:55，
-[...1 lines deleted...]
-                三亚-广州AQ1114/09:40-11:20，最终航班以实际出票为准。
+                广州-三亚AQ1111/20:10-21:40，
+                <w:br/>
+                三亚-广州AQ1114/09:30-11:15，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -414,59 +414,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★  品质保障：广东自组成团，每团不超20人；玩足4天整
                 <w:br/>
                 ★  甄选睡眠：2大住宿标准随心选
                 <w:br/>
                 畅享版：1晚海花岛特色海景民宿+优选网评3钻酒店
                 <w:br/>
                 豪华版：尊享1晚海花岛欧堡酒店+优选网评5钻酒店
                 <w:br/>
-                ★  自由环岛公路：东方鱼鳞洲+临高角+文昌风车海岸+车览万宁最美沿海公路段，半边椰林半边海 视觉盛宴
+                ★  自由环岛公路：东方鱼鳞洲+临高角+车览万宁最美沿海公路段，半边椰林半边海 视觉盛宴
                 <w:br/>
                 ★  浪漫双岛：大型人造花型岛·海花岛畅玩不限时 VS 陵水明星玻璃海· 5A分界洲岛
                 <w:br/>
                 ★  玩转经典：5A南山108米海上观音、5A天涯海角、5A大小洞天、4A定安文笔峰
                 <w:br/>
                 ★  网红打卡VS地道海南：云洞图书馆--捕捉夕阳，海口骑楼老街--寻南洋历史，澄迈福山咖啡小镇--品地道咖啡、享小资生活
                 <w:br/>
                 ★  夜幕时光：夜游三亚湾--打卡三亚地标《凤凰岛》、欣赏灯火辉煌下的三亚夜景
+                <w:br/>
+                ★  非遗体验：赠送南山古法非遗制香体验
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -585,51 +587,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，九元含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，九元含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：全天不含餐、旅游车及导游服务 ；
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
                 6、航班参考：广州三亚AQ1111/19:20-20:55，九元航班（AQ）含15kg免费托运行李额，最终航班以实际出票为准。如指定其他航班，价格请单询。3月底涉及航班换季，换季后时刻待定
                 <w:br/>
                 7、预定须知：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 8、此线路有两款住宿版本选择，不同版本对应不同价格，请根据需求进行选择：
                 <w:br/>
                 畅享版三亚酒店参考：如家精选酒店/和颐至格酒店(三亚市政府情人桥店)/三亚悦家度假酒店（亚龙湾和泓假日阳光店）/雅布伦健康疗养度假酒店或不低于以上标准网评3钻酒店
                 <w:br/>
                 豪华版三亚酒店参考：三亚四季海庭/西藏大厦/明申高尔夫/半山半岛帆船港/海立方或不低于以上标准网评5钻酒店
                 <w:br/>
                 交通：飞机+接机一趟
@@ -900,88 +902,86 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 海口&gt;&gt;&gt;&gt;文昌（车程约1小时）&gt;&gt;&gt;定安（车程约1小时）&gt;&gt;&gt;陵水（车程约2小时）&gt;&gt;&gt;三亚
                 <w:br/>
-                ◎ 早餐后，乘车前往文昌【木兰湾风车海岸】（车览，条件允许情况下可停留30分钟），海南最北海湾，感受风车公路的独特风景，沿途海水碧蓝清澈见底，礁石微露别样海岸风貌，随手一拍就是大片。
-[...1 lines deleted...]
-                ◎ 后前往打卡国家4A景区【文笔峰盘古文化旅游区】（车程约1小时，游览时间不少于120分钟），文笔峰位于定安县内，是中国最大的仿南宋风格古建筑群，共有药王殿、财神殿、文昌阁、慈航殿、元辰殿、妈祖殿、转运殿、月老殿七星殿等知名道教景点，绿林环抱，静谧静雅，听帝钟轻鸣，闻鸟声悠扬，步履期间清净身心，感受道家文化的独特韵味。
+                ◎ 早餐后，前往打卡国家4A景区【文笔峰盘古文化旅游区】（车程约1小时，游览时间不少于120分钟），文笔峰位于定安县内，是中国最大的仿南宋风格古建筑群，共有药王殿、财神殿、文昌阁、慈航殿、元辰殿、妈祖殿、转运殿、月老殿七星殿等知名道教景点，绿林环抱，静谧静雅，听帝钟轻鸣，闻鸟声悠扬，步履期间清净身心，感受道家文化的独特韵味。
                 <w:br/>
                 ◎ 午餐后，车览【万宁最美沿海公路】（车程约1.5小时）一边是婀娜多姿的椰林，一边是广阔无垠的蓝色大海，被称为“会讲故事”的滨海旅游公路。
                 <w:br/>
                 ◎ 下午乘船登上国家5A级景区【分界洲岛】（车程约30分钟，含往返船费，含上下岛时间不少于3小时），海边洁白细腻的沙滩，岛上掩映在苍翠之中的木屋，曲径通幽的山顶小路，或海底漫步或放空发呆，自然自在度过一段海岛曼妙时光。因其得天独厚的的自然条件，被称为是“心灵的分界岛”、“坠落红尘的天堂”、“一个可以发呆的地方”。这里是划分热带与亚热带的分水岛，也是国家级珊瑚保护区，还是理想潜水基地（海上娱乐项目费用不含）；
                 <w:br/>
                  &gt;&gt;登岛推荐网红拍照打卡点：
                 <w:br/>
                 Tips1：蓝白相间古罗马相间风格的月光古堡；
                 <w:br/>
                 Tips2：水晶池、初见亭与罗曼教堂组成的爱情海岸；
                 <w:br/>
                 Tips3：富有动漫画面感的码头灯塔；
                 <w:br/>
                 ● 温馨提醒：
                 <w:br/>
                 1.出发前请确认带好泳衣泳裤、拖鞋、防晒霜、防晒伞、防晒霜等装备设备；
                 <w:br/>
                 2.分界洲岛需要坐船上岛，乘船时间约15-20分钟，请有序排队乘船。如果有晕船的游客可选择靠窗或者船尾的位子，也可自备晕船药。
                 <w:br/>
                 3.为了保证您有足够的游览时间，岛上以自由活动为主，岛上娱乐项目需自理。
                 <w:br/>
                 4.分界洲岛由于游船前往，考虑到可能的颠簸及晕船等情况，暂不接待70周岁以上老人、孕妇及行动不便者，敬请谅解。
                 <w:br/>
                 ◎ 游玩完毕后前往三亚（车程约1.5小时），办理入住手续。晚上可自行前往三亚夜市搜罗美食。
                 <w:br/>
                 <w:br/>
                 ◎ 酒店住宿标准参考（同第一晚标准）
                 <w:br/>
                 畅享版三亚酒店参考：如家精选酒店/和颐至格酒店(三亚市政府情人桥店)/三亚悦家度假酒店（亚龙湾和泓假日阳光店）/雅布伦健康疗养度假酒店或不低于以上标准网评3钻酒店
                 <w:br/>
                 豪华版三亚酒店参考：三亚四季海庭/西藏大厦/明申高尔夫/半山半岛帆船港/海立方或不低于以上标准网评5钻酒店
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：车览文昌木兰湾海岸、文笔峰、车览万宁沿海公路、分界洲岛
+                景点：文笔峰、车览万宁沿海公路、分界洲岛
                 <w:br/>
                 自费项：分界洲岛水上项目/电瓶车等不含，消费自愿原则；文笔峰电瓶车不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1017,59 +1017,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
                 ◎ 早餐后，游览祈福圣地【南山文化旅游区】（游览时间不少于180分钟），南山文化旅游区是海南省依托南山独特的山海天然形胜和丰富的历史文化渊源开发建设的佛教文化展示园区，园区景点众多，佛学氛围浓厚，其中最为有名的便是伫立于金刚洲上【海上观音像】，圣像高108米，是世界最大的观音像。像体为观音的一体三尊，分别呈持珠、持莲、持箧的造型。圣像脚踏莲花宝座，面容慈悲庄严，令人不由崇敬之情。除了南海观音相外，园内更展出有国宝级的金玉佛像和专门的佛教文化交流中心，让您在南海之滨了解海南独特的佛教文化；造访【长寿谷】，在百寿谷里找寻潜藏的“寿”字，感受浓厚的长寿文化气息。
                 <w:br/>
+                特别赠送非遗体验：古法沉香制香（体验时长30分钟，包含现场教学、现场体验（制香可带走）：沉浸式体验古法沉香制香，邂逅千年香道雅韵，遵循古法手工炮制，感受指尖流转的东方雅致。
+                <w:br/>
                 ◎ 下午游览5A景区【天涯海角】（时间不少于120分钟），这里碧海、青山、白沙、巨磊、礁盘浑然一体，宛若七彩交融的丹青画屏；椰林、波涛、渔帆、鸥燕、云层辉映点衬，形成南国特有的椰风海韵。海湾沙滩上大小百块石耸立，“天涯”、“海角”和“南天一柱”巨石突兀其间，昂首天外，峥嵘壮观。在这里，望着碧波澄澈的波涛，观古老摩崖石刻，与相爱之人互相诉说自己的情意，执子之手，与子偕老。
                 <w:br/>
                 ◎ 晚上打卡【夜游三亚湾】（通票必消288元/人，游览时间约60分钟），美丽的三亚湾，奢华的凤凰岛，夜幕降临时，海风微微吹起，涛声不断敲打着海岸，灯火辉煌的椰梦长廊，乘着游轮开始神奇、浪漫、刺激的海上之旅。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：南山、天涯海角、夜游三亚湾’
-[...1 lines deleted...]
-                自费项：【夜游三亚湾】通票必消288元/人，请报名时收取；南山电瓶车/天涯海角电瓶车，园区项目等不含，消费自愿原则
+                景点：南山、天涯海角、夜游三亚湾
+                <w:br/>
+                自费项：【夜游三亚湾】通票必消288元/人+70岁以下需补南山门票差价（60岁以下补120，60-69周岁补65），请报名时收取；南山电瓶车/天涯海角电瓶车，园区项目等不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1108,59 +1110,59 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行约70分钟）
                 <w:br/>
                 早餐后根据航班时间约定送机，结束全部旅行。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、航班参考：三亚-广州AQ1114/09:40-11:20，九元AQ航空仅含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。3月底涉及航班换季，换季后时刻待定未出。
+                2、航班参考：三亚-广州AQ1114/09:30-11:15，九元AQ航空仅含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。3月底涉及航班换季，换季后时刻待定未出。
                 <w:br/>
                 3、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 4、海南大部分景区均自设有购物商场（基本上为开放式商场），旅行社会存在途经，敬请谅解，消费遵循自愿原则。
                 <w:br/>
                 5、此为特价线路，必消费用288元/人（报名时请交付报名点）；
                 <w:br/>
-                6、60岁以下成人需补南山门票120元，60-69岁长者补南山门票65元（不含电瓶车）
+                6、60岁以下成人需补南山门票120元，60-69周岁长者补南山门票65元（不含电瓶车）
                 <w:br/>
                 交通：送机一趟+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1308,57 +1310,57 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。1.2米及以上儿童报名需加收必消费用288元/人
+                7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。1.2米及以上儿童报名需加收夜游三亚湾288元/人；
                 <w:br/>
                 2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 9、娱乐项目：海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
                 <w:br/>
-                10、必消费用288元/人；60岁以下成人需补南山门票120元，60-69岁长者补南山门票65元（不含电瓶车），报名时请交付报名点
+                10、报名时请交付报名点：必消套餐费用288元/人；60岁以下成人需补南山门票120元，60-69岁长者补南山门票65元（不含电瓶车）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1457,68 +1459,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">夜游三亚湾</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">必消费用，报名时请现付报名点</w:t>
+              <w:t xml:space="preserve">夜游三亚湾，报名时请现付报名点</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">夜幕降临时，海风微微吹起，涛声不断敲打着海岸，灯火辉煌的椰梦长廊，乘着游轮开始神奇、浪漫、刺激的海上之旅</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">70 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1856,51 +1858,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>