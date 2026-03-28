--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -412,51 +412,53 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★甄选酒店：一晚入住三亚南山景区内酒店、2晚三亚当地超豪华标准建设酒店
                 <w:br/>
                 ★禅意·诗意·惬意：5A南山、5A大小洞天、5A槟榔谷、4A西岛、4A天涯海角、亚龙湾沙滩
                 <w:br/>
                 ★用心定制：南山素斋、老来俏养生定制餐、文昌鸡风味餐
                 <w:br/>
-                ★超值赠送：逍遥大礼包（爱心宵夜简餐、养生按摩捶、定制文化衫等）、赠送价值300元的三亚千古情演出、非遗体验—苗族扎染
+                ★超值赠送：逍遥大礼包（爱心宵夜简餐、养生按摩捶、定制文化衫等）、赠送价值300元的三亚千古情演出
+                <w:br/>
+                ★非遗体验—苗族扎染、（4月1日起）赠送传统文化体验——古法沉香制香
                 <w:br/>
                 ★产品标配：每个景点全程陪同讲解；每日为爸妈量血压；建立子女微信沟通群，实时分享快乐点滴；逍遥管家为爸妈提供拍照服务，赠送30S小视频等
                 <w:br/>
                 ★贴心服务：专车接送机不拼车，专属线路导游管家贴心服务，还有神秘礼物带给爸妈满满的惊喜和仪式感哟
                 <w:br/>
                 ★品质保障：一价全包0购物0自费
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -773,50 +775,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南山-西岛（车程约40分钟）-三亚千古情演出（车程约40分钟）
                 <w:br/>
                 南山这里属热带海洋季风性气候，年均气温24.5℃，其空气质量和海水质量居全国首位，森林覆盖率为97%，爸妈们起床吃个早餐，晨练、祈福，享受禅意的时光……
                 <w:br/>
                 体验安排（赠送项目，如放弃体验费用不退）：
                 <w:br/>
                 ◆丹彩墨香：修身静心，沉入墨香世界
                 <w:br/>
                 ◆顶礼佛足：虔诚触摸108海上观音，将心愿传递
+                <w:br/>
+                ◆古法沉香制香（4月1日起赠送独特体验）：沉浸式体验古法沉香制香，邂逅千年香道雅韵，遵循古法手工炮制，感受指尖流转的东方雅致。
                 <w:br/>
                 ◆而后前往【西岛】（含往返船费，含上下岛时间不少于2.5小时）这里被誉为“海上桃源，动感天堂”以及世界“稀”岛，令人心生向往。
                 <w:br/>
                 打卡攻略参考：
                 <w:br/>
                 打卡点1-原生态百年渔村：街巷之间的百年珊瑚房群落和满墙涂鸦、鲜花翻出墙面的别致院子，感受数百年积淀下来的独特文化风情!
                 <w:br/>
                 打卡点2-最美海岸线牛王岭：乘坐岛上电瓶车（自理）前往一座与西岛几乎相连的小岛——牛王岭，那里拥有最原始的海岛风光，可以欣赏到浩瀚的海天一色以及大自然神奇美妙鬼斧神工的礁石景观；
                 <w:br/>
                 打卡点3-海上书屋：用三艘旧渔船改造的书屋，也是《恋梦空间》取景拍摄地点，停靠在海岸边，面朝大海，点杯饮料，看看书，听听海风；
                 <w:br/>
                 打卡点4-灯塔码头：海边的红白灯塔，码头边上停泊的渔船和满地晒日的槟榔，是原汁原味的的原著民风情；
                 <w:br/>
                 打卡点5-西岛文创店：店内售卖着西岛的渔民手作，蜡染画，椰叶帽、木质鲸鱼和各种创意画；
                 <w:br/>
                 晚上赠送【三亚千古情演出】（演出时间60分钟），一个小时的演出贯穿海南长达万年的历史长卷，酷炫的灯光舞美，庞大的演出阵容，堪称视觉盛宴。演出包括鹿回头的美丽传说，落笔洞的万年回声，鉴真东渡时的惊涛骇浪，更有巾帼英雄冼夫人的荡气回肠。景区还有特色快闪、抛绣球等互动演出，你可以打卡科技馆、 黎街、鬼屋、爱情街、崖州古街等。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：西岛、三亚千古情演出
                 <w:br/>
                 自费项：西岛水上项目、电瓶车等园中园项目，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
@@ -1409,51 +1413,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>