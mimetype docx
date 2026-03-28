--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -587,107 +587,108 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州→（飞机）乌鲁木齐
-[...3 lines deleted...]
-                【当天落地后由司机接机，无导游接机，导游次日接团】
+                广州→（飞机）乌鲁木齐/吐鲁番
+                <w:br/>
+                第一天：广州→（飞机）乌鲁木齐/吐鲁番-（汽车）乌鲁木齐   餐：X、X、X     住：乌鲁木齐
+                <w:br/>
+                广州机场乘飞机飞往乌鲁木齐/吐鲁番 ，落地后前往乌鲁木齐酒店办理入住手续。 【当天落地后由司机接机，无导游接机，导游次日接团】
                 <w:br/>
                 特别提示：报名时请留下您在旅游期间使用的有效手机号码，方便导游用短信与您联络，通知行程出发集合的时间，接机/接站师傅会在您出发前一天22:00之前先发送接您的短信或给您打电话。
                 <w:br/>
+                备注：如搭乘吐鲁番航班，落地后前往乌鲁木齐，安排汽车或动车方式前往目的地，不指定交通方式，不再另外通知，如有不便，敬请谅解！
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1.新疆与内地时差2小时，新疆作息参考时间：9:30-10:00上班，14:00午饭，20:00晚饭。新疆的治安还是很好的，请放心出游；
-[...5 lines deleted...]
-                4.冬季出游之前请您提前准备厚衣物（厚毛衣、羽绒服、围巾、手套、帽子、太阳镜等），穿一双有防滑功能的鞋子。
+                1、乘坐九元航班，则随身7KG+行李托运15KG，随身行李不超过14寸而且不能超过7KG，托运不超过32寸而且不能超过15KG，有相机铝电池不能超过2个，总容量不能超过2万豪安。
+                <w:br/>
+                2.新疆与内地时差2小时，新疆作息参考时间：9:30-10:00上班，14:00午饭，20:00晚饭。新疆的治安还是很好的，请放心出游；
+                <w:br/>
+                3.我们将提前一天与您沟通接站时间和方式，请在出行人保证电话畅通，谢谢；
+                <w:br/>
+                4.抵达酒店后办理入住手续，西部酒店一般入住时间为14点以后，旅游旺季还将延后，如您到店较早，可将行李寄存前台，适时再返回酒店办理入住手续；
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
                 到达城市：乌鲁木齐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">乌鲁木齐</w:t>
+              <w:t xml:space="preserve">乌鲁木齐/吐鲁番</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1192,60 +1193,62 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 乌鲁木齐→（飞机）广州
                 <w:br/>
+                第八天：乌鲁木齐/吐鲁番→（飞机）广州	                餐：早、X、X        住：温馨的家
+                <w:br/>
                 早餐后，自由活动，或根据航班时间提前3小时送达机场，返回温暖的家。【当天由司机接机，无导游送机，由客人自行办理登机牌】
                 <w:br/>
+                备注：如搭乘吐鲁番航班，最后一天则从乌鲁木齐前往吐鲁番汽车或动车方式前往，不指定交通方式，不再另外通知，如有不便，敬请谅解！
+                <w:br/>
+                <w:br/>
                 温馨提示：
                 <w:br/>
                 1.离开酒店前一定要再次检查物品，不要忘在酒店里了！
                 <w:br/>
                 2.新疆机场安检严格，一般提前3小时抵达机场，加上防范市区交通拥堵，为保证您不误飞机，送机时间可能会比较早，请您谅解。
-                <w:br/>
-[...1 lines deleted...]
-                ——以上行程时间安排可能会因航班、天气、路况等原因做相应调整，敬请谅解！——
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
                 到达城市：广州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1749,51 +1752,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>