--- v0 (2026-02-16)
+++ v1 (2026-03-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">春季【京城最抵玩-晚对晚】北京双飞5天赏花之旅｜北京首都博物馆｜六百年紫禁城-故宫｜天坛杏花林｜玉渊潭赏樱花｜升旗仪式｜八达岭长城-送好汉证书｜颐和园玉兰花｜派全陪行程单</w:t>
+        <w:t xml:space="preserve">春季【京彩时光-晚对晚】北京双飞5天赏花之旅｜北京首都博物馆｜六百年紫禁城-故宫｜天坛杏花林｜玉渊潭赏樱花｜升旗仪式｜八达岭长城-送好汉证书｜颐和园玉兰花｜恭王府行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -394,67 +394,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★广东独立成团、拒绝全国大散拼、10人以上派全陪！
+                ★广东独立成团、拒绝全国大散拼、全程0购物0自费
                 <w:br/>
                 ★入住中高端酒店：丽枫酒店或同级、享用中西自助早餐
                 <w:br/>
                 ★车备品牌矿泉水、送“不到长城非好汉证书”
                 <w:br/>
                 ★紫禁城花事】一条中轴线，遍赏故宫春。从武英殿到御花园，看杏花、玉兰与海棠次第绽放。
                 <w:br/>
                 ★【玉渊潭公园樱花】春日漫步在樱花大道，和朋友家人一起感受带有浪漫气息的春天（最佳观赏时间3月中-3月底）。
                 <w:br/>
                 ★【天坛杏花林】十里春风吹化“雪”，柔美杏花露娇容。天坛赏杏花，别提有多浪漫（最佳观赏时间2月底-3月底）
                 <w:br/>
                 ★【颐和园玉兰花】三月春花烂漫时，乐寿堂中的玉兰花也竞相绽放，美不胜收。“乐寿堂”黑底金字横匾为光绪手书，院落内玉兰亭亭玉立，盛开时有“琼雕玉盏，繁花满树”的美名（最佳观赏时间3月底到4月中）。
                 <w:br/>
                 ★【故宫新逛法】探清朝雍正至溥仪8位皇帝的居住之所-养心殿&amp;欣赏“家具顶流聚集地”-南大库家具馆。
                 <w:br/>
                 ★【首都博物馆】国家一级馆，不仅是收藏与研究的殿堂，更是您一站式读懂北京、体验中华文明的核心目的地【八达岭长城】集风光集巍峨险峻、秀丽苍翠于一体，是明长城景色中的精华。（送“不到长城非好汉”证书）。
+                <w:br/>
+                ★【圆明园套票-含大门票】清代著名的皇家园林，1860年英法联军烧为灰烬，如今游客前来只能在残骸中凭吊。
+                <w:br/>
+                ★【半部清史里-恭王府】漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝
                 <w:br/>
                 ★【升旗仪式】看五星红旗在天安门广场冉冉升起，爱国情怀爆棚。
                 <w:br/>
                 ★【游什刹海逛胡同】在这里您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。
                 <w:br/>
                 ★【逛烟袋斜街】充满了古老而独特的市井风情商业街，这里可以欢赏到北京剪纸、吹糖人等艺人活动。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -693,51 +697,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 天安门广场-纪念堂-故宫-首都博物馆
                 <w:br/>
                 上午：早餐后，游览世界最大的城市中心广场【天安门广场】，参观【毛主席纪念堂】（因毛主席纪念堂每天限票 1000 张，如因如遇政策性闭馆或者预约人数限制不能入内参观则改为外观，不作任何赔偿，敬请谅解！）。近观【人民英雄纪念碑】。游览【六百年紫禁城-故宫】（约2.5个小时）故宫博物馆：世界上现存规模最大、保存最完整的古代木质结构建筑群。这里的每一片琉璃瓦、每一尊石雕，都承载着24位明清皇帝的故事。从太和殿的恢弘壮丽到御花园的曲径通幽，故宫的布局暗合星象，建筑充满象征。参观经过10年保护修缮的养心殿，这里不仅是雍正至溥仪共8位皇帝的居住之所，更是清王朝的政治决策中枢。您将走进“垂帘听政”的历史现场，感受帝王起居与理政合一的独特空间布局，近距离观察清代宫廷生活的真实样貌。欣赏南大库家具馆，故宫“家具顶流”聚集地，这里汇聚了明清两朝最具代表性的皇家家具。黄花梨、紫檀木等顶级材质，配合精妙绝伦的工艺设计，每一件展品都堪称艺术品，生动展现中国古代家具的巅峰水准。
                 <w:br/>
                 推荐路线：
                 <w:br/>
                 行走路线：午门→南大库→武英殿（丁香）→慈宁宫（梨花、杏花、海棠、丁香）→太和门（碧桃、榆叶梅）→太和殿→中和殿→保和殿→养心殿（杏花、西府海棠）→御花园（玉兰、杏花、海棠、紫藤、牡丹）→神武门
                 <w:br/>
                 中午：【老北京家常菜】
                 <w:br/>
                 下午：【北京首都博物馆是国家一级博物馆】馆藏13万件珍品，时间跨度从新石器时代直至近代。其中“十大镇馆之宝”更是三千年文明的精华——它们不是冰冷的展品，而是镌刻历史印记的“时光密钥”。从红山文化的古老图腾，到清代的华美工艺；从燕蓟之地的青铜礼乐，到元大都的丝路交融，每一件都藏着一段中华文明的故事，等您前来解读。（晚餐自理）。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.故宫(门票以官网为准) 每日限流，门票提前7天预约，售完为止！放票后第一时间给你抢票，若抢票失败，如未预约成功则替换为其他景区，景点替代方案最终以当团导游人员调整为准；门票差价多退少补；如客人不同意调整方案的则按照门票价格退一赔一处理）。另外需要注意：故宫景区周边无停车区域，临时上下车需步行一段距离及等候若干时间，敬请谅解。故宫为实名制请您一定要携带身份证件才能入内，如学生儿童没有身份证请带户口簿或者护照入馆。
                 <w:br/>
                 2.毛主席纪念堂政策性关闭或限流预约不上改为外观，进入毛主席纪念堂不得穿无袖上衣，不得穿拖鞋，必须随身携带身份证。这天走路较多请穿舒适鞋子和轻便服装。
                 <w:br/>
-                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
+                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车20元/人，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
                 <w:br/>
                 4.为让客人体验到更加人性化的故宫深度游之旅，客人可以自费故宫无线讲解器20元/人，通过佩戴无限耳机，您可以听到导游更加清晰的讲解，深度了解故宫的历史。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：【老北京家常菜】     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -771,92 +775,86 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                升旗—八达岭长城—鸟水外观
+                升旗—八达岭长城—长城脚下观大戏-鸟水外观
                 <w:br/>
                 上午：打包早餐，【升旗仪式】看着红旗冉冉升起，爱国情怀爆棚（★升旗为免费赠送景点，每天限票，如因预约人数限制预约不上，即不作任何赔偿，敬请谅解！）。乘车前往八达岭长城（车程约1.5小时左右），【巨龙之脊上-八达岭长城】（2小时左右，可以选择乘滑车/缆车150元/人费用自理，此处为景点内公共交通设施，方便有需要的游客，不作为加点推荐）。八达岭长城号称天下九塞之一，风光集巍峨险峻、秀丽苍翠于一体，是明长城景色中的精华。“不到长城非好汉”，很多国人都以这里为登临长城的主要选择。
                 <w:br/>
                 中餐：【王府味道】
                 <w:br/>
-                下午：游览中国人奥运梦的【奥林匹克公园】，近距离感受【鸟巢】和【水立方】的场馆风采（备注：鸟巢及水立方不含门票，视当时开放情况而定，如因政策性原因不开放则改为景区周边自由活动，游览1.5小时左右)。
+                下午：【长城脚下观大戏】喝着老北京盖碗茶，品尝着老北京御点(驴打滚、艾窝窝、豌豆黄等)，看一场精彩绝伦的非遗绝活（京剧演出、相声演出、天桥绝活：口吞钢剑&amp;气吞英雄胆&amp;银枪刺喉、变脸表演、茶艺表演、传统戏法等），颁发好汉证书以资鼓励。
+                <w:br/>
+                游览中国人奥运梦的【奥林匹克公园】，近距离感受【鸟巢】和【水立方】的场馆风采（备注：鸟巢及水立方不含门票，视当时开放情况而定，如因政策性原因不开放则改为景区周边自由活动，游览1.5小时左右)。
                 <w:br/>
                 【温馨贴士】：
                 <w:br/>
                 ★因长城距市区距离较远，游览长城当天叫早时间和早餐时间可能会比其它几天早，请做好早起准备。 
                 <w:br/>
                 ★早餐：打包早餐或酒店用早；长城为游客自由参观，导游不跟团讲解。
                 <w:br/>
-                ★八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费
-[...4 lines deleted...]
-                <w:br/>
                 交通：汽车
                 <w:br/>
-                自费项：八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费 项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。 ★奥林匹克公园可选择交通工具——景区奥运小火车+奥运备选节目杂技表演280元/人
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：【王府味道】     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：【王府味道】     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">北京丽枫酒店或全季酒店/桔子酒店/喆啡酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -867,78 +865,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                颐和园—玉渊潭赏樱花
+                颐和园—圆明园（大门票）-玉渊潭赏樱花
                 <w:br/>
                 上午：早餐后，走进世界文化遗产【颐和园】（游览约2小时左右），原是清朝帝王的行宫和花园，又称清漪园，以昆明湖、万寿山为基址，按照江南园林的设计手法建造，是我国现存规模非常大，保存非常完整的皇家园林，中国四大名园之一，其景色极具优雅，还有很多珍贵的文物，被誉为“皇家园林博物馆”。 三月春花烂漫时，乐寿堂中的玉兰花也竞相绽放，美不胜收。乐寿堂是颐和园居住生活区中的主建筑，面临昆明湖，背倚万寿山，东达仁寿殿，西接长廊。“乐寿堂”黑底金字横匾为光绪手书，院落内玉兰亭亭玉立，盛开时有“琼雕玉盏，繁花满树”的美名。
                 <w:br/>
-                参观昕博远名优土特产汇展中心或北京魅力京城名优特产汇展中心（温馨提示：提供客人旅途中选择所需购买的正规特产、纪念品 以及馈赠亲友礼品）。
-[...1 lines deleted...]
-                中午：【新派融合菜】
+                【万园之园-圆明园-含大门票】（游览约1.5小时左右），这里曾是大清帝国的瑰丽梦境，一砖一瓦皆镌刻着盛世风华。让我们放慢脚步，在时光的碎片里，重拾那个曾经惊艳世界的“万园之园”。
+                <w:br/>
+                中午：【宫廷养生宴】
                 <w:br/>
                 下午：【玉渊潭公园 赏樱花】（游览1小时，最佳观赏时间3月中-3月底）。在春日的阳光下，漫步在樱花大道上，和朋友家人一起感受带有浪漫气息的春天，是一件多美的事情啊。樱花花瓣在空中飞舞，如潮的赏花者便涌到樱花树下，去感悟樱花短暂而绚烂的一生。看樱花不必到东邻日本，在北京的玉渊潭公园，你就能领略樱花纯粹的美丽与洒脱，领略那灿烂如霞的瑰丽和坠落如雨的静谧。
                 <w:br/>
                 【温馨贴士】：
                 <w:br/>
+                ★倾情推荐："慈禧水道"过去是皇家御用河道，是慈禧太后每年夏天去颐和园避暑的必经之水路(费用自理：140元/人)。
+                <w:br/>
                 花期：会因当时气温高低而有所变动，请保持乐观的心态，敬请见谅！
                 <w:br/>
                 花期是季节性安排赠送景点，赏花时间视天气及花期而定，若因季节性原因花期观赏不佳，我社不另作补偿，请游客多多体谅！
                 <w:br/>
-                <w:br/>
-[...5 lines deleted...]
-                <w:br/>
                 交通：汽车
                 <w:br/>
-                购物点：昕博远名优土特产汇展中心或北京魅力京城名优特产汇展中心
-[...1 lines deleted...]
-                自费项：乘黄包车游胡同（费用自理120元/人）。深度游四合院+漫游胡同（费用自理100元/人） 参观万园之园（自费130元/人）。和珅府邸--恭王府（自费120元/人）。
+                自费项：倾情推荐：
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：【新派融合菜】     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -968,66 +959,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                天坛公园赏杏花—游什刹海，看老北京胡同-广州
-[...1 lines deleted...]
-                上午：早餐后，游览中国现存规模最大的古代皇家祭祀群——【天坛】（含大门票、1.5小时左右）。天坛在故宫东南方，占地273公顷。比故宫大4倍，是明、清朝两代帝王冬至日时祭皇天上帝和正月上辛日行祈谷礼的地方。十里春风吹化“雪”，柔美杏花露娇容。在天坛，杏花开时的浪漫柔美充满诗情画意，与灰墙绿瓦、雄浑古朴厚重的天坛围墙组成了一幅幅绝美画卷。能在风和日暖的日子，逛天坛赏杏花，充满着多情的浪漫，享受着无限的美好（最佳观赏时间2月底-3月底）。养生之旅送健康，了解【百年老字号同仁堂】的渊源——重访电视剧《白家大院》的老药铺——乐家药铺,感受中国四大传统化的魅力-北京中医中药文化。
+                天坛公园赏杏花—恭王府-什刹海&amp;烟袋斜街-广州
+                <w:br/>
+                上午：早餐后，游览中国现存规模最大的古代皇家祭祀群——【天坛】（含大门票、1.5小时左右）。天坛在故宫东南方，占地273公顷。比故宫大4倍，是明、清朝两代帝王冬至日时祭皇天上帝和正月上辛日行祈谷礼的地方。十里春风吹化“雪”，柔美杏花露娇容。在天坛，杏花开时的浪漫柔美充满诗情画意，与灰墙绿瓦、雄浑古朴厚重的天坛围墙组成了一幅幅绝美画卷。能在风和日暖的日子，逛天坛赏杏花，充满着多情的浪漫，享受着无限的美好（最佳观赏时间2月底-3月底）
                 <w:br/>
                 中午：【神农家宴】
                 <w:br/>
-                下午：【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。后乘飞机返广州，结束这愉快而有意义的旅行！
-                <w:br/>
+                下午：【半部清史里-恭王府】(游览1.5小时左右)漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事
+                <w:br/>
+                【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。后乘飞机返广州，结束这愉快而有意义的旅行！
+                <w:br/>
+                【温馨贴士】：
+                <w:br/>
+                ★倾情推荐：胡同深度游：【后海八爷蹬着黄包车带您游胡同】（不属于推荐自费加点项目）费用自理100元/人。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气等不可抗力因素，飞机延误或航班取消导致的酒店无法入住，房费已产生无法退还；延住酒店、交通等费用问题，需客人自理。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                购物点：百年老字号同仁堂
+                自费项：倾情推荐：胡同深度游：【后海八爷蹬着黄包车带您游胡同】（不属于推荐自费加点项目）费用自理100元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1099,59 +1095,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。（团队机票 将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票）。进出港口、航班时间等以航司出票为准。
                 <w:br/>
                 2、用车：根据实际人数全程当地选用11—55座空调旅游车，保证一人一正座。
                 <w:br/>
                 3、住宿：全程入住4晚当地高级酒店标准双人；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。升旗当天早餐为打包早：矿泉水、面包、鸡蛋（限一人一个）；因南北方口味差异，若您对赠送的早餐不习惯，可自行购买散客早餐。【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；根据《北京市宾馆不得主动提供的一次性用品目录》相关规定，自2020年5月1日起，宾馆不得主动提供一次性用品，目录含：牙刷、梳子、浴擦、剃须刀、指甲锉、鞋檫。
                 <w:br/>
                 4、门票：含景点首道门票,园中园门票需自理，不属于自费推荐项目。门票已按折扣成本价核算，老年、教师、军官等证件不再重复享受优惠!。
                 <w:br/>
-                5、用餐：全程含餐4正4早，（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）。正餐30元/人/餐，其中特色餐：【神农家宴】【新派融合菜】【老北京家常菜】【王府味道】（特色餐不吃不退）；（酒店含双早，客人放弃使用恕无费用退还，正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                5、用餐：全程含餐5正4早，（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）。正餐30元/人/餐，其中特色餐：【神农家宴】【宫廷养生宴】【老北京家常菜】【王府味道】；（酒店含双早，客人放弃使用恕无费用退还，正餐围桌10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 6、导游：当地持全国导游资格证书的专业导游服务。
                 <w:br/>
                 7、小童:2-11周岁（未满12周岁）的执行小孩收费：此收费含往返机票、当地旅游车位、半价门票(1.2-1.5米)、半价餐费、半价早餐，如小孩超高门票自理。全程不占床位。
                 <w:br/>
                 婴儿：2周岁以下（不含2周岁）的含车位，婴儿机票；不含餐位、床位及景点等其他费用。
                 <w:br/>
-                8、购物：2个购物店、本线路可自费行程，如离团一天收费 200 元/人/天。友情提示：游客在旅游期间北京导游会安排自费项目，参加自费项目我们会分开穿插在原有的景点中进行（在不减少原有景点数量和游览时间的情况下增加此项目），参加同行的游客数量50%我们会为其安排，此项目完全是自愿购买，若不参加您需在景区附近等候或者自行安排活动，提前与导游约定时间集合。若想提前回酒店或自行离团（需要签署自愿离团证明，未产生的费用不退，旅游车不能满足单独送您回酒店）提前离团属于个人行为，旅行社不负任何责任！！
+                8、购物：本线路0购物0自费。温馨提示：不含景区内设立的景中店、商店、过脚过路店，以及公路边设立的洗手间店）对景区内设立的商店、路店，请游客三思、如需购买或食用敬请谨慎，不做进店范畴。如自行购买商品如出现质量问题，旅行社不承担任何责任。）以上行程景点不能满足您的个性化需求，可与导游协商一致参观其它精华景区，同时请游客签字确认。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1165,578 +1161,50 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定的支付费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
               </w:t>
-            </w:r>
-[...526 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 550.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1980,51 +1448,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2168,108 +1636,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...56 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>