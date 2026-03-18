--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -394,51 +394,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【品质保障】广东独立成团、拒绝全国大散拼、0购物纯玩0必销
+                ★【品质保障】广东独立成团、拒绝全国大散拼
                 <w:br/>
                 ★【黄金地段】甄选二三环沿线舒适型酒店、出行方便、大大节省酒店到景区的路程
                 <w:br/>
                 ★【惠心享受】车备品牌矿泉水、颁发“不到长城非好汉证书”
                 <w:br/>
                 ★【紫禁城花事】一条中轴线，遍赏故宫春。从武英殿到御花园，看杏花、玉兰与海棠次第绽放。
                 <w:br/>
                 ★【玉渊潭公园樱花】春日漫步在樱花大道，和朋友家人一起感受带有浪漫气息的春天（最佳观赏时间3月中-3月底）。
                 <w:br/>
                 ★【天坛杏花林】十里春风吹化“雪”，柔美杏花露娇容。天坛赏杏花，别提有多浪漫（最佳观赏时间2月底-3月底）
                 <w:br/>
                 ★【颐和园玉兰花】三月春花烂漫时，乐寿堂中的玉兰花也竞相绽放，美不胜收。“乐寿堂”黑底金字横匾为光绪手书，院落内玉兰亭亭玉立，盛开时有“琼雕玉盏，繁花满树”的美名（最佳观赏时间3月底到4月中）。
                 <w:br/>
                 ★【半部清史里-恭王府】漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝。
                 <w:br/>
                 ★【圆明园】（含大门票）清代著名的皇家园林，1860年英法联军烧为灰烬，如今游客前来只能在残骸中凭吊。
                 <w:br/>
                 ★【故宫新逛法】探清朝雍正至溥仪8位皇帝的居住之所-养心殿&amp;欣赏“家具顶流聚集地”-南大库家具馆。
                 <w:br/>
                 ★【首都博物馆】国家一级馆，不仅是收藏与研究的殿堂，更是您一站式读懂北京、体验中华文明的核心目的地
                 <w:br/>
                 ★【八达岭长城】集风光集巍峨险峻、秀丽苍翠于一体，是明长城景色中的精华。（送“不到长城非好汉”证书）。
                 <w:br/>
                 ★【升旗仪式】看五星红旗在天安门广场冉冉升起，爱国情怀爆棚。
                 <w:br/>
@@ -700,51 +700,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 天安门广场-故宫新玩法-首都博物馆
                 <w:br/>
                 上午：早餐后，游览世界最大的城市中心广场【天安门广场】，参观【毛主席纪念堂】（因毛主席纪念堂每天限票 1000 张，如因如遇政策性闭馆或者预约人数限制不能入内参观则改为外观，不作任何赔偿，敬请谅解！）。近观【人民英雄纪念碑】，【六百年紫禁城的时光咏叹-故宫】（游览时间2.5小时左右）。故宫博物馆：世界上现存规模最大、保存最完整的古代木质结构建筑群。这里的每一片琉璃瓦、每一尊石雕，都承载着24位明清皇帝的故事。从太和殿的恢弘壮丽到御花园的曲径通幽，故宫的布局暗合星象，建筑充满象征。参观经过10年保护修缮的养心殿，这里不仅是雍正至溥仪共8位皇帝的居住之所，更是清王朝的政治决策中枢。您将走进“垂帘听政”的历史现场，感受帝王起居与理政合一的独特空间布局，近距离观察清代宫廷生活的真实样貌。欣赏南大库家具馆，故宫“家具顶流”聚集地，这里汇聚了明清两朝最具代表性的皇家家具。黄花梨、紫檀木等顶级材质，配合精妙绝伦的工艺设计，每一件展品都堪称艺术品，生动展现中国古代家具的巅峰水准。
                 <w:br/>
                 推荐路线：
                 <w:br/>
                 行走路线：午门→南大库→武英殿（丁香）→慈宁宫（梨花、杏花、海棠、丁香）→太和门（碧桃、榆叶梅）→太和殿→中和殿→保和殿→养心殿（杏花、西府海棠）→御花园（玉兰、杏花、海棠、紫藤、牡丹）→神武门
                 <w:br/>
                 中午：【全聚德烤鸭】烤鸭采用挂炉、明火烧果木的方法烤制而成，刚烤出的鸭子皮质酥脆，肉质鲜嫩。
                 <w:br/>
                 下午：【北京首都博物馆是国家一级博物馆】馆藏13万件珍品，时间跨度从新石器时代直至近代。其中“十大镇馆之宝”更是三千年文明的精华——它们不是冰冷的展品，而是镌刻历史印记的“时光密钥”。从红山文化的古老图腾，到清代的华美工艺；从燕蓟之地的青铜礼乐，到元大都的丝路交融，每一件都藏着一段中华文明的故事，等您前来解读。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.故宫(门票以官网为准) 每日限流，门票提前7天预约，售完为止！放票后第一时间给你抢票，若抢票失败，如未预约成功则替换为其他景区，景点替代方案最终以当团导游人员调整为准；门票差价多退少补；如客人不同意调整方案的则按照门票价格退一赔一处理）。另外需要注意：故宫景区周边无停车区域，临时上下车需步行一段距离及等候若干时间，敬请谅解。故宫为实名制请您一定要携带身份证件才能入内，如学生儿童没有身份证请带户口簿或者护照入馆。
                 <w:br/>
                 2.毛主席纪念堂政策性关闭或限流预约不上改为外观，进入毛主席纪念堂不得穿无袖上衣，不得穿拖鞋，必须随身携带身份证。这天走路较多请穿舒适鞋子和轻便服装。
                 <w:br/>
-                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
+                3.中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车20元/人，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
                 <w:br/>
                 4.为让客人体验到更加人性化的故宫深度游之旅，客人可以自费故宫无线讲解器20元/人，通过佩戴无限耳机，您可以听到导游更加清晰的讲解，深度了解故宫的历史。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：【全聚德烤鸭】     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -792,59 +792,51 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 升旗仪式-八达岭长城-外观鸟水
                 <w:br/>
                 上午：早餐打包，【升旗仪式】看着红旗冉冉升起，爱国情怀爆棚（★升旗为免费赠送景点，每天限票，如因预约人数限制预约不上，即不作任何赔偿，敬请谅解！）。乘车前往八达岭长城（车程大概1.5小时），【巨龙之脊上的时光史诗-八达岭长城】（2个小时左右、不含缆车、颁发“不到长城非好证”证书）。在燕山山脉的苍茫脊背上，八达岭长城如一条沉睡的巨龙，用青砖与烽火书写着两千年的山河壮歌。让我们踏着历史的台阶，在这座"世界新七大奇迹"之巅，感受"不到长城非好汉"的豪情，见证石头与热血共同铸就的不朽传奇。 
                 <w:br/>
                 中午：【神农家宴】
                 <w:br/>
                 下午：游览中国人奥运梦的【奥林匹克公园】，近距离感受【鸟巢】和【水立方】的场馆风采（备注：鸟巢及水立方不含门票，视当时开放情况而定，如因政策性原因不开放则改为景区周边自由活动，游览约1小时)。
                 <w:br/>
                 【温馨贴士】：
                 <w:br/>
                 ★因长城距市区距离较远，游览长城当天叫早时间和早餐时间可能会比其它几天早，请做好早起准备。 
                 <w:br/>
                 ★早餐：打包早餐或酒店用早；长城为游客自由参观，导游不跟团讲解。
                 <w:br/>
-                ★八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费
-[...4 lines deleted...]
-                <w:br/>
                 交通：汽车
-                <w:br/>
-                自费项：★八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费 项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。 ★奥林匹克公园可选择交通工具——景区奥运小火车+奥运备选节目杂技表演280元/人，也可升级VIP坐席+100元每人（自理）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：【神农家宴】     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -886,50 +878,52 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 颐和园-圆明园公园大门票-玉渊潭赏樱花
                 <w:br/>
                 上午：早餐后，走进【山水泼墨的皇家诗篇-颐和园】（游览约2小时左右），昆明湖的柔波倒映着万寿山的巍峨，十七孔桥如长虹卧波，将千年的风雅一揽入怀。漫步颐和园，每一步都踏在历史的韵律上。无论是玉澜堂里光绪帝的叹息，还是石舫上慈禧太后的宴乐回响，这座山水皇苑始终以最优雅的姿态，诉说着王朝的兴衰与永恒的美学追求。  
                 <w:br/>
                 游览【时光雕琢的万园之梦-圆明园-大门票】（游览约1个小时）这里曾是大清帝国的瑰丽梦境，一砖一瓦皆镌刻着盛世风华。寻迹圆明园，不仅是触摸皇家园林的极致美学，更是与一段沉浮的文明对话。*让我们放慢脚步，在时光的碎片里，重拾那个曾经惊艳世界的“万园之园”。  
                 <w:br/>
                 中午：【老北京家常菜】
                 <w:br/>
                 下午：【玉渊潭公园 赏樱花】（游览1小时，最佳观赏时间3月中-3月底）。在春日的阳光下，漫步在樱花大道上，和朋友家人一起感受带有浪漫气息的春天，是一件多美的事情啊。樱花花瓣在空中飞舞，如潮的赏花者便涌到樱花树下，去感悟樱花短暂而绚烂的一生。看樱花不必到东邻日本，在北京的玉渊潭公园，你就能领略樱花纯粹的美丽与洒脱，领略那灿烂如霞的瑰丽和坠落如雨的静谧。
                 <w:br/>
                 【温馨贴士】：
                 <w:br/>
+                ★倾情推荐："慈禧水道"过去是皇家御用河道，是慈禧太后每年夏天去颐和园避暑的必经之水路(费用自理：140元/人)。
+                <w:br/>
                 花期：会因当时气温高低而有所变动，请保持乐观的心态，敬请见谅！
                 <w:br/>
                 花期是季节性安排赠送景点，赏花时间视天气及花期而定，若因季节性原因花期观赏不佳，我社不另作补偿，请游客多多体谅！
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：【老北京家常菜】     晚餐：X   </w:t>
             </w:r>
@@ -970,53 +964,55 @@
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 恭王府-什刹海+烟袋斜街-北京-广州
                 <w:br/>
                 上午：早餐后，前往【半部清史里的雅致传奇-恭王府】（游览时间1.5小时左右），漫步恭王府，不仅是在欣赏“一座恭王府，半部清代史"的建筑瑰宝，更是在品味中国贵族生活的精致美学。从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。让我们放慢脚步，在这座"京城第一福地"中，寻找属于您的文化雅趣。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。
                 <w:br/>
                 中午：【王府味道】
                 <w:br/>
-                下午：【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。
-[...1 lines deleted...]
-                后乘飞机返广州！结束愉快旅程！
+                下午：【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。后乘飞机返广州！结束愉快旅程！
+                <w:br/>
+                【温馨贴士】：
+                <w:br/>
+                ★倾情推荐：胡同深度游：【后海八爷蹬着黄包车带您游胡同】（不属于推荐自费加点项目）费用自理100元/人。
                 <w:br/>
                 *************************************(✪▽✪)(✪▽✪)(✪▽✪)****************************************
                 <w:br/>
                 （以上行程为参考行程，导游会根据实际情况调整行程顺序，但不影响原标准及游览景点，敬请谅解）
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气等不可抗力因素，飞机延误或航班取消导致的酒店无法入住，房费已产生无法退还；延住酒店、交通等费用问题，需客人自理。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1479,51 +1475,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>