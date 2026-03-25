--- v0 (2026-02-28)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【经典山东】双飞6日丨泰山丨栈桥奥帆中心丨蓬莱阁丨文化古城曲阜孔府丨济南大明湖+趵突泉丨威海幸福门丨火炬八街丨天主教堂广场（参考港口：日照往返）行程单</w:t>
+        <w:t xml:space="preserve">【经典山东】双飞6日丨泰山丨栈桥奥帆中心丨蓬莱阁丨文化古城曲阜孔府丨济南大明湖+趵突泉丨威海幸福门丨火炬八街丨天主教堂广场行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LT-20260227</w:t>
+              <w:t xml:space="preserve">LT-20260324-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">日照市</w:t>
+              <w:t xml:space="preserve">日照市-菏泽市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,72 +343,62 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                3月11日/13日/15日/18日/20日/22日
-[...20 lines deleted...]
-                参考航班，实际航班已出票为准
+                周二参考航班：菏泽往返
+                <w:br/>
+                CZ3125 广州-菏泽 07:45-10:15
+                <w:br/>
+                CZ3126 菏泽-广州 11:00-13:30
+                <w:br/>
+                <w:br/>
+                周五参考航班：日照往返
+                <w:br/>
+                1.CZ5160 广州-日照 17:30-20:10
+                <w:br/>
+                2.CZ5159 日照-广州 13:10-16:15
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -584,53 +574,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天 广州（飞机约2.5h）日照
+                广州（飞机约2.5h）日照
                 <w:br/>
                 上午：广州白云机场集中，广州-日照  CZ5160  17:25-20:05根据班次乘飞机前往日照。
+                <w:br/>
+                <w:br/>
+                特别备注：
+                <w:br/>
+                1、报名时行程为参考,团航班进出口城市港口为：菏泽往返、日照往返；菏泽往返的港口加游牡丹园，其他没变化，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
+                <w:br/>
+                2、具体集合时间及地点将在出团前告知。
+                <w:br/>
+                3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -662,141 +661,141 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第二天 日照（约3h）曲阜（1h	）泰安（1h）聊城
-[...1 lines deleted...]
-                上午：早餐后，曲阜【孔府】（门票60元/人，，60岁以下自理）是中国历代纪念孔子，推崇儒学的表征，是历代儒客朝圣之地。建于宋代，是孔子嫡系子孙居住之地，西与孔庙毗邻，占地约16公顷，共有九进院落，有厅、堂、楼、轩463间，旧称“衍圣公府”。
+                日照（约3h）曲阜（1h	）泰安（1h）聊城
+                <w:br/>
+                上午：早餐后，曲阜【孔府】（门票60元/人，60岁以下自理）是中国历代纪念孔子，推崇儒学的表征，是历代儒客朝圣之地。建于宋代，是孔子嫡系子孙居住之地，西与孔庙毗邻，占地约16公顷，共有九进院落，有厅、堂、楼、轩463间，旧称“衍圣公府”。
                 <w:br/>
                 下午：游览【5A景区·泰山】（门票115元/人，60岁以上已含，60岁以下自理，泰山往返中转车80元/人请自理）（游览约4小时）泰山，国家5A级旅游景区，世界自然与文化遗产，世界地质公园，国家级风景名胜区，全国重点文物保护单位。换乘景区交通车前往海拔847米【中天门】，徒步登山，经过泰山登山路中最险要的一段【十八盘】，共有石阶1600余级，为泰山的主要标志之一，远远望去似天门云梯。到达【南天门】天街，碧霞祠，无字碑，日观峰，玉皇顶等！或换乘索道上山（单程100元/人，往返200元/人自理）。泰山又名岱山、岱宗、岱岳、东岳，主峰玉皇顶海拔1545米，气势雄伟磅礴，有“五岳之首”“五岳之长”“五岳之尊”“天下第一山”之称！泰山被古人视为“直通帝座”的天堂，成为百姓崇拜，帝王告祭的神山，有“泰山安，四海皆安”的说法。自秦始皇开始到清代，先后有13代帝王引次亲登泰山封禅或祭祀，另外有24代帝王遣官祭祀72次。泰山是中华民族的象征，是东方文化的缩影，是“天人合一”思想的寄托之地，是中华民族精神的家园。
                 <w:br/>
                 登山注意事项： 1、从中天门景交停车处到南天门大概需要2个小时路程，以台阶为主，著名的泰山十八盘就在这一段由于主要景点皆集中在山顶，如果您徒步上下山游览景点时间将大大减少因此建议您乘坐索道下山。 2、山上山下略有温差，且山上风大，登上时请携带一件外套； 3、登山时宜穿登山鞋、布鞋、球鞋等舒适轻便鞋子为主，皮鞋和塑料鞋容易滑倒； 4、山上运输困难，故物价较贵，请携带好充足的食物，及大量饮用水为宜，其他物品尽量减少； 5、登山时应注意安全，谨记登山不看景，看景不登山，不去危险地带；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：聊城网评3钻酒店（亚悦/云帆酒店/酒店或同级）</w:t>
+              <w:t xml:space="preserve">参考酒店：聊城升级一晚4钻酒店（凯旋宫/聊城顺合铂顿酒店/聊城明楼大酒店或同级）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第三天 聊城（约1h）济南（约4h） 蓬莱
-[...1 lines deleted...]
-                上午：早餐后，参观阿胶工厂。赴济南【大明湖】（游览约60分钟）济南三大名胜之一、《还珠格格》中夏雨荷与皇上邂逅的地方，欣赏济南 “四面荷花三面柳 一城山色半城湖”的独特风貌。
+                聊城（约1h）济南（约4h） 蓬莱
+                <w:br/>
+                上午：早餐后，参观【阿胶工厂】（游览约2.5小时）参观阿胶生产线，了解阿胶熬制的工艺，阿胶是滋补佳品，是中华医药瑰宝，因出自东阿而得名，我们到达正宗阿胶的原产地，了解阿胶生产工艺，感受阿胶养生文化，聆听阿胶养生知识。。赴济南【大明湖】（游览约60分钟）济南三大名胜之一、《还珠格格》中夏雨荷与皇上邂逅的地方，欣赏济南 “四面荷花三面柳 一城山色半城湖”的独特风貌。
                 <w:br/>
                 大明湖综合赏花胜地四季花海：是济南最美赏花观赏地。每年3-5月，景区内樱花、海棠、碧桃、美人梅、红叶桃、玉兰、棣棠、锦带、榆叶梅、紫叶李次第绽放。进入夏季，大明湖湖区内有大片的荷花盛开，荷花盛花期7-8月。（各种花期视天气情况开放）
                 <w:br/>
                 下午：【趵突泉】（门票40元/人，60岁以上已含，60岁以下自理，游览约60分钟）趵突泉是泉城济南的象征与标志，三窟并发，声如隐雷，居济南七十二名泉之首。乾隆皇帝南巡时因趵突泉水泡茶味醇甘美，曾册封趵突泉为“天下第一泉”。趵突泉景区内泉泉相依，泉畔名人题刻，曲廊蜿蜒，山石相托，泉清鱼乐，沁人心脾，秒不可言！ 景区内游览李清照纪念堂 、趵突泉、杜康泉、漱玉泉、李苦禅纪念馆等景点。
                 <w:br/>
-                打卡济南老街—【曲水亭街】（约30分钟）：曲水亭街连接大明湖、百花洲、王府池子、芙蓉街，文化气息十分浓厚。从珍珠泉和王府池子而来的泉水汇成河，与曲水亭街相依，一边是青砖碎瓦的老屋，一边是绿藻飘摇的清泉，临泉人家在这里淘米濯衣。现在的曲水亭街依然完整地保留着《老残游记》中"家家泉水，户户垂杨"的泉城风貌。乘车前往人间仙境蓬莱，入住
+                打卡济南老街—【曲水亭街】（约30分钟）：曲水亭街连接大明湖、百花洲、王府池子、芙蓉街，文化气息十分浓厚。从珍珠泉和王府池子而来的泉水汇成河，与曲水亭街相依，一边是青砖碎瓦的老屋，一边是绿藻飘摇的清泉，临泉人家在这里淘米濯衣。现在的曲水亭街依然完整地保留着《老残游记》中"家家泉水，户户垂杨"的泉城风貌。乘车前往人间仙境蓬莱入住。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -828,139 +827,139 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第四天 蓬莱（约1.5h）威海
+                蓬莱（约1.5h）威海
                 <w:br/>
                 上午：早餐后，【5A蓬莱阁风景区】（门票100元/人，60岁以上已含，60岁以下自理，游览约1.5小时）蓬莱阁是一处凝聚着中国古代劳动人民智慧和艺术结晶的古建群。蓬莱阁的主体建筑建于宋朝嘉祐六年（1061年），素以“人间仙境”著称于世，其“八仙过海”传说和“海市蜃楼”奇观享誉海内外。是八仙过海神话传说发源地。蓬莱阁水城是抗倭英雄戚继光操练兵马、抵御倭寇的军事基地，也是中国唯一保存完好的古代军事基地！
                 <w:br/>
-                参观蓬莱海滨带景观中心【和平广场】【八仙过海雕塑广场】（游览约40分钟）是蓬莱景区的一个亮点，传说这里是八仙聚居之地，雕塑栩栩如生，生动刻画八仙传奇,讲述八位神仙在蓬莱的仙山琼阁上惩恶扬善，普渡众生的故事。雕塑广场后面是广阔的海滨，感受神奇的黄渤海分界线。 乘车从蓬莱前往济南（车程较长，可以自备些零食在车上）；
+                参观蓬莱海滨带景观中心【和平广场】【八仙过海雕塑广场】（游览约40分钟）是蓬莱景区的一个亮点，传说这里是八仙聚居之地，雕塑栩栩如生，生动刻画八仙传奇,讲述八位神仙在蓬莱的仙山琼阁上惩恶扬善，普渡众生的故事。雕塑广场后面是广阔的海滨，感受神奇的黄渤海分界线。 乘车从蓬莱前往威海（可以自备些零食在车上）；
                 <w:br/>
                 下午：车赴威海游览中国沿海大陆线最东端城市-威海，游览威海之门、威海标志、亚洲最长景观带【4A幸福门公园】【4A威海外滩名人景区】【万福图铜雕】（游览约40分钟）威海的全貌渐渐浮现，东面是一望无际的大海和蜿蜒的海岸线，西面是繁华有序的城市生活，听涛观海，远眺刘公岛，俯瞰威海CBD，让人倍感威海之美。
                 <w:br/>
-                游览【威海小镰仓 • 火炬八街】因其南高北低的地势形成了惊艳的视觉效果，再加上“全路段”和丁字路口的路牌点缀，与动漫《灌篮高手》里的经典场景高度相似，有日本镰仓街道的既视感，也因此被称为“威海小镰仓”。游览结束后入住酒店。
+                游览【威海小镰仓 • 火炬八街】（游览约30分钟）因其南高北低的地势形成了惊艳的视觉效果，再加上“全路段”和丁字路口的路牌点缀，与动漫《灌篮高手》里的经典场景高度相似，有日本镰仓街道的既视感，也因此被称为“威海小镰仓”。游览结束后入住酒店。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：威海网评3钻酒店（如家商旅/维也纳/际州/西捞台或同级）</w:t>
+              <w:t xml:space="preserve">参考酒店：威海网评4钻酒店（泉中泉/华夏大酒店或同级）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第五天 威海（约2.5h）青岛
-[...3 lines deleted...]
-                下午：【赏花圣地：中山公园】（游览约40分钟）樱花历史悠久，远近闻名，是最具特色久负盛名的景观。气候正常情况下，每年4月初见花，中旬盛开，10天左右单樱凋谢，双樱盛开，花开花落，先后20余天。每当樱花盛开季节，四面八方来客争相观赏，有“为芳姿人倾城”之说（樱花花期与每年天气有关以实际花期为准）。
+                威海（约2.5h）青岛
+                <w:br/>
+                上午：游览百年象征【4A栈桥】（游览约40分钟）清光绪十八年（1892年）登州总兵章高元带兵驻扎青岛，为便于物资运输建两座码头，其中一座就是栈桥，随后章高元在青岛口建总兵衙门，由此青岛建制。南端双层飞檐八角亭阁—“回澜阁”，阁顶覆黄色琉璃瓦，登楼远眺前海景色尽收眼底，即为青岛十景之一“飞阁回澜”。欣赏青岛【八大关】（游览约30分钟），青岛号称东方瑞士，有红瓦绿树碧海蓝天金沙滩的美誉，众多景点与山海林城交相辉映，共同交织成一幅美丽的人间美景！ 
+                <w:br/>
+                下午：【赏花圣地：中山公园】（游览约40分钟）樱花历史悠久，远近闻名，是最具特色久负盛名的景观。气候正常情况下，每年4月初见花，中旬盛开，10天左右单樱凋谢，双樱盛开，花开花落，先后20余天。每当樱花盛开季节，四面八方来客争相观赏，有“芳姿人倾城”之说（樱花花期与每年天气有关以实际花期为准）。
                 <w:br/>
                 网红打卡【青岛天主教堂广场】（游览约30分钟）参观是建国前山东省最高的建筑，也是青岛地区最大的哥特式建筑。中国唯一的祝圣教堂，同时也是基督教建筑艺术的杰作，青岛代表建筑之一，也是众多摄影爱好者的唯美天堂。游览青岛中心【4A五四广场、奥帆中心】（游览约40分钟）五四广场位于山东省青岛市南区东海西路，北依青岛市人民政府办公大楼，南临浮山湾，总占地面积10公顷。五四广场因青岛为中国近代史上伟大的五四运动导火索而得名。五四广场分南北两部分，分布于中轴线上的市人民政府办公大楼、隐式喷泉、点阵喷泉、《五月的风》雕塑、海上百米喷泉等。广场中心“五月的风”雕塑是青岛标志，正对市政府，是整个青岛城市景观中心！也是青岛历史起源地！
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -994,57 +993,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第六天 青岛（约1.5）日照（约2.5）广州
-[...1 lines deleted...]
-                上午：早餐后，前往【万平口公园】AAAA是最能代表日照市"蓝天、碧海、金沙滩"特色的景区。海岸线长5000米，占地面积760万平方米，她以优美宜人的自然环境、湿润清新的空气、宽阔洁净的沙滩、清澈透明的海水和明媚灿烂的阳光著称于世，游客们在此可以进行沙滩浴、海水浴、日光浴、沙滩浴、沙滩排球等运动，是最能体现日照"蓝天、碧海、金沙滩"特色的景区。
+                青岛（约1.5）日照（约2.5）广州
+                <w:br/>
+                上午：早餐后，前往【万平口公园】AAAA（游览约40分钟）是最能代表日照市"蓝天、碧海、金沙滩"特色的景区。海岸线长5000米，占地面积760万平方米，她以优美宜人的自然环境、湿润清新的空气、宽阔洁净的沙滩、清澈透明的海水和明媚灿烂的阳光著称于世，游客们在此可以进行沙滩浴、海水浴、日光浴、沙滩浴、沙滩排球等运动，是最能体现日照"蓝天、碧海、金沙滩"特色的景区。
                 <w:br/>
                 【日照灯塔风景区】（游览约30分钟）日照海滨港口城市的象征—，天然礁石群错落有致，海天一色，风光旖旎，是观海、听涛的绝妙佳地。日照灯塔是日照海滨港口城市的象征,原名石臼灯塔，灯塔高36.2米，灯光高度39.9米，灯质闪白8秒，射程18海里。
                 <w:br/>
                 乘车前往日照机场乘飞机返回广州，结束愉快旅程！
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                以上行程时间安排可能会因航班、天气、路况等不可抗力因素，
+                <w:br/>
+                在不影响行程和接待标准前提下，经全体游客协商同意后，进行游览顺序调整，敬请谅解！
                 <w:br/>
                 交通：旅游车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1112,51 +1117,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：来回程团队经济舱特惠机票未含税（如遇天气等不可抗力因素导致航班延误或停飞，我司不做赔偿，敬请原谅）。 
                 <w:br/>
-                2.住宿：4晚网评3钻酒店+1晚台儿庄古城客栈，若单人入住或出现单男单女，请自补单房差，行程参考酒店无法接待的情况下，我社将选择其他酒店，但标准不低于上述酒店！ 
+                2.住宿：3晚网评3钻酒店+升级2晚四钻酒店，若单人入住或出现单男单女，请自补单房差，行程参考酒店无法接待的情况下，我社将选择其他酒店，但标准不低于上述酒店！ 
                 <w:br/>
                 3.用餐：全程含5早5正餐；正餐餐标30元/人，（八菜一汤、十人一桌、 不含酒水，如团队不足8人我社现退餐费（客人自动放弃，餐标不退！）；山东地区餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。行程内所含餐如不使用，属于自愿放弃，不退任何费用。 
                 <w:br/>
                 4.用车：根据实际人数全程当地选用5-55座空调旅游车（保证一人一个正座），客人请保管好自己财物。（请注意携带好自身物品） 
                 <w:br/>
                 5.导游：当地持证中文导游服务；（不足十人，不配备导游，司机兼做酒店入住办理、门票购买、游览指引等服务工作）不派全陪。 
                 <w:br/>
                 6.门票：行程中景点不含门票、不含景区小交通，请自理；行程中不含的游客可以自愿选择并自行购买。除遇不可抗力自然原因外；赠游景点视实际情况安排游览，不能游览，不作赔偿，敬请谅解！ 
                 <w:br/>
                 7.2-11周岁的执行儿童收费，12周岁以下，含机票、车位、导游司机服务费、半价正餐，不占床，不含早，不含门票，超高自理。
                 <w:br/>
                 8.购物：全程仅一阿胶工厂参观（游览过程中所到之处、如景区、酒店、停车场等各种购物场所是其相关的配套设施，请游客注意上述场所属各景区自行商业行为，与我社无关，请客人慎重购物）
                 <w:br/>
                 9.保险：不含个人意外险及航空保险。强烈建议游客购买旅游意外险！
                 <w:br/>
                 10.成团：此团10成人成团，不派全陪。
                 <w:br/>
                 11.
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1968,51 +1973,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-28</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>