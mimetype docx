--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2189,51 +2189,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 里约热内卢——玛瑙斯
                 <w:br/>
-                乘坐飞机到“亚马逊心脏”、“森林之城”——玛瑙斯。玛瑙斯地处亚马逊河两大支流黑河和索里芒斯河交汇处，是著名的旅游城市。参观亚马逊百年歌剧院，其建造的建材完全从欧洲进口，见证了橡胶贸易全盛时期的容光（参观时间1小时）。浮动码头浮在水中，是世界上最大的浮动码头（参观时间30分钟）。
+                乘坐飞机到“亚马逊心脏”、“森林之城”——玛瑙斯。玛瑙斯地处亚马逊河两大支流黑河和索里芒斯河交汇处，是著名的旅游城市。参观亚马逊百年歌剧院，其建造的建材完全从欧洲进口，见证了橡胶贸易全盛时期的容光（参观时间1小时）。
                 <w:br/>
                 <w:br/>
                 ◇参考航班: 待定
                 <w:br/>
                 温馨提示：玛瑙斯属于亚热带雨林地区，请您做好防晒、防蚊虫及防水措施。前往亚马逊雨林时，因雨林面积广大、动物出没不以人的意志为转移，所以不一定能看到您想看所有的动植物种类，望游客能理解。
                 <w:br/>
                 ◇膳食：酒店西式早餐  自理午餐  中餐馆晚餐      交通：车+飞机   住宿：四星级酒店
                 <w:br/>
                 ◇参考酒店：HOTEL INTERCITY或同级
                 <w:br/>
                 交通：车+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -2276,51 +2276,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 玛瑙斯
                 <w:br/>
-                早餐后，全天包快艇参加亚马逊特色游河项目：近观「内格罗河」与「索里芒斯河」黑白色河水相交之奇观景象；再走独木桥，观赏“魔鬼沼泽地”的“帝皇莲”(水位低进看不到)。中午在“水上餐厅”午餐。餐后参观“黑河”上游的印第安人部落，观赏土风舞，并有机会可与大自然野生河豚游泳拍照及垂钓食人鱼。下午返回玛瑙斯。 (往返约8小时）
+                早餐后，全天包快艇参加亚马逊特色游河项目：近观「内格罗河」与「索里芒斯河」黑白色河水相交之奇观景象；再走独木桥，观赏“魔鬼沼泽地”的“帝皇莲”(水位低进看不到)。中午在“水上餐厅”午餐。餐后参观“黑河”上游的印第安人部落，观赏土风舞，并有机会可与大自然野生河豚游泳拍照及垂钓食人鱼。下午返回玛瑙斯， 回程经过的浮动码头浮在水中，是世界上最大的浮动码头。(往返约8小时）
                 <w:br/>
                 备注：如水位情况不允许选择乘小船深入原始热带雨林探秘行程，则改为徒步热带雨枃探秘。
                 <w:br/>
                 ◇膳食：酒店西式早餐 “水上餐厅”午餐 中餐馆或当地晚餐 交通：车 住宿：四星级酒店
                 <w:br/>
                 ◇参考酒店：HOTEL INTERCITY或同级
                 <w:br/>
                 交通：车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2699,51 +2699,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 复活节岛——圣地亚哥
                 <w:br/>
-                酒店早餐后，前往参观拉诺窟火山口 RanoKau（参观时间约30分钟）。此火山拥有岛上最大的火山口湖，直径约1.6公里，深达11公尺，芦苇附盖了半个湖面，从间隙中可以看到清澈的湖水，闪耀着神祕光辉，好像要引诱人们走进去一样。最后我们参观岛上唯一带眼睛的复活节岛石像- Tahai（参观时间约30分钟），这里是一座国家公园，是迄今为止最为古老的祭祀庆典地，公园里有三个形状各异的祭祀台，并且有着一尊唯一拥有褐色眼睛的石像。到此，复活节岛神秘之旅结束，前往机场，乘机返回圣地亚哥。
+                酒店早餐后，前往参观拉诺窟火山口 RanoKau（参观时间约30分钟）。此火山拥有岛上最大的火山口湖，直径约1.6公里，深达11公尺，芦苇附盖了半个湖面，从间隙中可以看到清澈的湖水，闪耀着神祕光辉，好像要引诱人们走进去一样。即将结束复活节岛之旅之前，我们再次了解当地鸟人村文化“Orongo”（参观时间约1小时），这是全岛最重要的村落之一，历史上它是岛上重要比赛的举办地，海拔约310米，拥有面向全岛和太平洋的壮丽视野，目前村子里有一条1公里长的小径，我们可以近距离的欣赏复员后的房屋和岩画艺术。最后我们参观岛上唯一带眼睛的复活节岛石像- Tahai（参观时间约30分钟），这里是一座国家公园，是迄今为止最为古老的祭祀庆典地，公园里有三个形状各异的祭祀台，并且有着一尊唯一拥有褐色眼睛的石像。到此，复活节岛神秘之旅结束，前往机场，乘机返回圣地亚哥。
                 <w:br/>
                 <w:br/>
                 ◇参考航班：LA842（1455/2125）飞行时间约4小时30分
                 <w:br/>
                 ◇膳食：酒店西式早餐  当地餐馆西餐午餐  飞机上晚餐或自理  交通：车+飞机  
                 <w:br/>
                 ◇住宿：五星级酒店       参考酒店：DoubleTree by Hilton Santiago Kennedy或同级
                 <w:br/>
                 交通：车+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4135,51 +4135,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>