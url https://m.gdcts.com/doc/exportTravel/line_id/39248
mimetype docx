--- v0 (2026-03-01)
+++ v1 (2026-03-21)
@@ -357,53 +357,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                CANIST  CZ8065  00:10/06:15     
-[...1 lines deleted...]
-                 ISTCAN  CZ8066  16:00/06:55+1
+                CANIST  CZ8065  01:00/07:15
+                <w:br/>
+                ISTCAN  CZ8066  14:20/0505+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -417,71 +417,69 @@
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 浪漫土耳其10天
                 <w:br/>
                 伊斯坦布尔+库萨达斯+棉花堡温泉+孔亚+卡帕多奇亚+安卡拉+番红花城+布尔萨
                 <w:br/>
                 <w:br/>
                 产品推荐：
                 <w:br/>
                  优选航班：南方航空，广州直飞伊斯坦布尔，可申请全国联运
                 <w:br/>
                  精选酒店：五星酒店+1晚番红花城特色民居（不挂星），特别升级2晚伊斯坦布尔国际五星，1晚爱琴海库萨达斯或伊兹密尔海滨五星、1晚棉花堡温泉五星、2晚卡帕多奇亚五星
                 <w:br/>
-                升级10大礼包
+                升级9大礼包
                 <w:br/>
                 1、特别升级2晚伊斯坦布尔国际五星酒店，豪游世界醉美城市
                 <w:br/>
                 2、土耳其黑海地区茂密的森林及美丽的湖泊--阿邦特湖自然公园
                 <w:br/>
                 3、番红花城玻璃露台观景台，似乎走在云间，欣赏峡谷的全景~
                 <w:br/>
                 4、格雷梅山顶日落醉佳观景台，俯瞰整个格雷梅小镇，叹日落~
                 <w:br/>
                 5、深入探访世界文化遗产/卡帕多奇亚最大-卡伊马克勒地下城
                 <w:br/>
                 6、在浪漫爱情谷或玫瑰谷轻徒步，置身仙境中，摄影爱好者天堂
                 <w:br/>
-                7、著名电影《东方快车》取景地Sirkeci车站，还原小说女王杰作
-[...5 lines deleted...]
-                10、朱马勒克小镇桑葚汁1杯+希林斯小镇水果酒1杯，品味土耳其
+                7、外观加拉太塔，在不远处街头与它拍一张绝美的网红打卡照片
+                <w:br/>
+                8、土耳其咖啡占卜体验，“感受地道土耳其”能算命的咖啡
+                <w:br/>
+                9、朱马勒克小镇桑葚汁1杯+希林斯小镇水果酒1杯，品味土耳其
                 <w:br/>
                 <w:br/>
                 特别赠送：
                 <w:br/>
                 乘船欣赏博斯普鲁斯海峡两岸绝美景色，穿越亚欧跨海大桥，从海上感受不一样的伊斯坦布尔！
                 <w:br/>
                 精选美食：
                 <w:br/>
                 伊斯坦布尔海峡海景烤鱼餐+孔亚特色披萨+卡帕洞穴瓦罐牛肉餐+酒店自助餐
                 <w:br/>
                 贴心安排：
                 <w:br/>
                 全程免费车载WIFI，分享愉快旅途
                 <w:br/>
                 免签国度：
                 <w:br/>
                    中国护照免签，说走就走的旅行
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -695,70 +693,70 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州✈️伊斯坦布尔—番红花城
                 <w:br/>
-                CZ8065 CANIST 00:10/06:15 飞行时间：约11小时5分钟
-[...2 lines deleted...]
-                00：10  搭乘南方航空公司航班 CZ8065飞往伊斯坦布尔
+                CZ8065 CANIST 01:00/07:15 飞行时间：约11小时5分钟
+                <w:br/>
+                <w:br/>
+                01：00  搭乘南方航空公司航班 CZ8065飞往伊斯坦布尔
                 <w:br/>
                 06：15  抵达伊斯布坦布尔，导游接机
                 <w:br/>
                 乘车前往1994年被联合国教科文组织评选为人类文化遗产城市-番红花城（车程约5小时），土耳其美丽的山城，也是最后一个奥斯曼小镇，番红花城依山而建，有着典型的木造大宅院及石板铺成的街道，保存有大约八百栋土耳其最精致的十九世纪奥斯曼房屋，当地的居民依旧保持纯朴的性情，宛若一个时光样本。
                 <w:br/>
                 途经土耳其黑海地区茂密的森林及美丽的湖泊【阿邦特湖自然公园】（约1小时），位于博卢省中央区和黑海地区之间，是一个火山口湖泊，海拔约1530公尺，火山口面积约5平方公里，处在群山环抱中，湖光山色，青山绿水，相互成映。阿邦特湖由於地势高耸，夏季凉爽，宜於消暑；春天百花盛开，宜於踏青；冬季雪封，适宜滑雪；秋季天高气爽利於狩猎和垂钓。因地质作用形成的阿邦特湖生长有很多植物，极具露天娱乐开发潜力。正因为它的这些特点，1150公顷大的阿邦特湖在1988年被评为自然公园。
                 <w:br/>
                 参观【鄂图曼市长官邸】（约20分钟），这里的建筑风格完美保留了奥斯曼帝国的原貌，有个典雅的中庭花园，是体验当地文化的不二之选。
                 <w:br/>
                 抵达后前往【希德尔立克山丘，俯瞰全城】（约20分钟），只见山坡下古老房舍依地势起伏修建，每户都可透过家的窗就能够欣赏街景，每家的建筑都不会影响邻居视野，真正实现美景共享。那一幢幢用木质构架、砖石堆砌的传统奥斯曼式房屋，在落日余晖里红瓦熠熠生辉，让人仿佛看到了昔日奥斯曼时代的辉煌。
                 <w:br/>
                 前往【番红花城Kristal·Teras玻璃露台观景台】（约30分钟），这里位于英捷卡娅村庄的水晶天台，其实是一个高于地面80米全玻璃制作的露天天台，它建立在英捷卡娅峡谷上，呈现“T”字型，走在上面好似走在云间，没有一点胆量还不敢在上面步行，站在上面低头往下看可以欣赏到峡谷的全景。
                 <w:br/>
                 晚上入住番红花城当地民居特色旅馆
                 <w:br/>
-                （特别说明：不同于常规星级酒店，番红花城的特色酒店的独特风格无异于入住当地民居体验别样的民俗风情。民宿酒店房间数量有限，团队可能会分住不同民宿酒店。当地政府禁止房间安装现代化设备，民宿酒店一般无空调，当地气候凉爽，一般当地民众不用空调，敬请知悉）
+                （特别说明：不同于常规星级酒店，番红花城的特色酒店的独特风格无异于入住当地民居体验别样的民俗风情。民宿酒店房间数量有限，团队可能会分住不同民宿酒店。当地政府禁止房间安装现代化设备，民宿酒店一般无空调，当地气候凉爽，一般当地民众不用空调，敬请知悉）。
                 <w:br/>
                 交通：飞机、旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1263,59 +1261,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 伊斯坦布尔
                 <w:br/>
                 酒店早餐后，前往参观【蓝色清真寺】（约30分钟，入内需自备头巾），整个清真寺内部全部密密地贴着美丽的伊兹尼蓝色瓷砖，蓝色清真寺由此得名。一般清真寺只有四根唤礼塔，但它却有六根，是世界上独一无二的清真寺。寺外有一个大花园，可看到伊斯坦布尔最美丽的景色，（如遇礼拜时不能内进参观，届时我们将调整参观时间）。参观【古罗马竞技场：塞奥道西斯的奥拜里斯克方尖碑、青铜制的蛇柱及君士坦丁奥拜里斯克方尖碑】（约10分钟），现在被称为苏丹阿合麦特广场，在该广场有三个纪念碑。外观【圣索菲亚大教堂】（约15分钟），它是拜占庭建筑艺术最出色的代表作，以其举世无双的圆顶著称，气势宏大。在罗马圣彼得大教堂建成前，它曾是世界最大的教堂，现改成清真寺。
                 <w:br/>
                 外观【多马巴切新皇宫】（约15分钟），政府部门有时会在此举办国宴，最近接待的是奥巴马；如遇临时征用或闭门维护则改为外观托普卡普老皇宫或地下水宫，位于博斯普鲁斯海峡边上，最后六位苏丹及土耳其首任总统曾在此居住、办公，此后改建成博物馆。皇宫内极尽奢华，用了十四吨黄金和四十吨白银装饰宫殿，各国皇室赠送的礼物，还有当时世界第一的4.5吨重的水晶吊灯。
                 <w:br/>
                 特别安排【伊斯坦布尔海峡海景餐厅特色烤鱼午餐】，在风景优美的海景餐厅，品尝正宗的土耳其烤鱼，一般不加佐料，上菜后可按照自己的口味挤上柠檬汁，撒上盐和胡椒粉。
                 <w:br/>
-                参观【著名电影《东方快车》取景地】（约30分钟），英国侦探小说女王阿加莎·克里斯蒂的杰作，著名的东方快车谋杀案让东方快车声名大噪。往返巴黎-伊斯坦堡，举世闻名，现已停驶的东方快车（Orient Express）的终点站，正是位于土耳其伊斯坦堡的Sirkeci车站。
-                <w:br/>
                 乘车途径金角湾【加拉太桥】，长484米，大桥连接旧城和新城，桥分两层，桥上行车也行人，桥下是餐馆，而桥上的钓竿又构成了一道新的风景。19世纪中后期，加拉塔大桥是伊斯坦布尔的重要生命线，也是在这个时候开始频繁出现在各种文学和艺术作品里。外观【加拉太塔，在不远处街头与它拍一张绝美合照】（约15分钟），这座中世纪石塔高9层。拜占庭皇帝在507年修建的灯塔，最初用木头建造，直到1348年由热那亚人用石料重建，形成现在的模样。它笔直的指向天穹，十几个世纪以来地震的摧残和战争的烽火都不曾动摇过它作为这座古城不屈的象征。
                 <w:br/>
+                特别安排【乘坐游船欣赏博斯普鲁斯海峡两岸绝美景色，从海上感受不一样的伊斯坦布尔】（约1小时，非独立包船）。伊斯坦布尔是地理位置的“世界十字路口”，也是东西方文化的融合之地，而博斯普鲁斯海峡就是欧亚分界线，两岸分布着无数著名的古迹，处处都是历史。如幸运的话伴着海鸥飞翔，近可看到蔚蓝的水泛起灵动的涟漪，远可观两岸的皇宫、清真寺、富人们的小别墅、悠闲垂钓的渔人，纵览城市风光。当你置身于海峡之上，前一秒看到奢华贵气的皇家建筑，后一秒又被列为世界遗产的传统小屋吸引；前一分钟人还在欧洲的车水马龙的喧嚣中，后一分钟便拥有了亚洲的悠闲自在。
+                <w:br/>
                 前往【伊斯坦布尔最著名的步行街-塔克西姆步行街&amp;独立大街，步行街内还有一家【土耳其百年网红软糖店铺 Hafiz Mustafa 1864】（非购物店，网红商铺），您可自由前往选购】（约1.5小时；晚餐特意安排自理），老式电车穿过整个独立大街，无论早晚都很热闹，不仅名牌专卖店，还有平民化店铺，可能遇见街头艺人表演，这里也是土耳其最有名的集会地，每逢土耳其国足获胜，便有球迷在此游行。逛累了，随意选择一家咖啡店小憩，内有各式特色餐厅，也可来一份土耳其旋转烤肉沙威玛。
                 <w:br/>
                 注意：1、步行街是重要商业区，也是偷盗、诈骗多发区，自由活动期间请注意人身财产安全。
                 <w:br/>
-                2、务必准时抵达指定集中地点乘车前往酒店，过时不候，误机责任自理，请勿影响其他团友
+                2、务必准时抵达指定集中地点乘车前往酒店，过时不候，误机责任自理，请勿影响其他团友。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：海峡海景餐厅特色烤鱼午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1349,58 +1347,56 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 伊斯坦布尔  ✈️  广州
                 <w:br/>
-                CZ8066 ISTCAN 16:00/06:55+1    飞行约9小时55分钟
-[...6 lines deleted...]
-                16:00 搭乘中国南航航空航班CZ8066返回广州，翌日抵达
+                CZ8066 ISTCAN 14:20/05:05+1    飞行约9小时45分钟
+                <w:br/>
+                <w:br/>
+                酒店早餐后乘车前往机场
+                <w:br/>
+                14:20 搭乘中国南航航空航班CZ8066返回广州，翌日抵达
                 <w:br/>
                 交通：旅游巴士/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2735,51 +2731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>