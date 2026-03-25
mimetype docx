--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【一带一路系列】斐济全景8天｜直飞楠迪｜连住5晚主岛四星酒店 | 升级1晚入住珊瑚海岸五星酒店 | 斐济首都苏瓦｜赠送流量电话卡行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【一带一路系列】斐济全景8天｜直飞楠迪｜连住4晚主岛四星酒店 | 升级1晚入住苏瓦五星酒店 | 斐济首都苏瓦｜赠送流量电话卡行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,104 +343,104 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：FJ392  HKGNAN  1655/0705+1
-[...1 lines deleted...]
-                回程：FJ391  NANHKG  0820/1450
+                去程：FJ392  HKGNAN 1610/0630+1
+                <w:br/>
+                回程：FJ393  NANHKG 2330/0600+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、全程选用【斐济航空】，香港直飞楠迪！
                 <w:br/>
                 2、全程中文领队陪同，无需担忧语言障碍！
                 <w:br/>
-                3、连住5晚主岛四星酒店，性价比之选，无需天天换酒店！特别升级1晚入住珊瑚海岸五星酒店，情侣出游、好友相聚、旅游假期，欢度美好时光。
+                3、连住4晚主岛四星酒店，性价比之选，无需天天换酒店！特别升级1晚入住苏瓦五星酒店，情侣出游、好友相聚、旅游假期，欢度美好时光。
                 <w:br/>
                 4、捕捉斐济首都【苏瓦】城市风采，特别安排前往游览打卡。
                 <w:br/>
                 5、专属礼遇：赠送10G流量电话卡，每人赠送斐济特色的贝壳项链和享誉全球的斐济水。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -563,51 +563,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香港HONGKONG/楠迪NADI
                 <w:br/>
-                参考航班：FJ392  HKGNAN 16:55/07:05+1,飞行时间约10小时10分（时差：楠迪比北京时间快4个小时）
+                参考航班：FJ392  HKGNAN 16:10/06:30+1,飞行时间约10小时20分（时差：楠迪比北京时间快4个小时）
                 <w:br/>
                 指定时间前往香港国际机场，办理登机手续，搭乘斐济航空飞往楠迪。
                 <w:br/>
                 【斐济共和国】简称斐济，位于西南太平洋中心，由332个岛屿组成，其中106个有人居住。陆地面积18333平方公里，海洋专属经济区面积129万平方公里。多为珊瑚礁环绕的火山岛，主要有维提岛和瓦努阿岛等。属热带海洋性气候，常受飓风袭击。年平均气温22～30℃。全国共有2个直辖市、4大行政区和14个省，苏瓦和劳托卡为直辖市，首都为苏瓦。
                 <w:br/>
                 【楠迪】位于斐济第一大岛维提岛（Viti Levu）的西部沿海，临玛玛努卡群岛。南迪是斐济最重要的交通枢纽，四通八达的海、陆、空交通工具可前往各岛旅游地。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -645,51 +645,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                楠迪NADI-苏瓦SUVA-珊瑚海岸CORAL COAST
+                楠迪NADI-苏瓦SUVA
                 <w:br/>
                 抵达后，办理入关手续。旅行社代表欢迎接机，前往旅行社指定休息室，领取电话流量卡，赠送专属斐济特色的贝壳项链和享誉全球的斐济水（FIJI WATER），导游介绍当地的风俗习惯，展开美好的斐济之旅！
                 <w:br/>
                 乘车前往首都【苏瓦（Suva）】（车程约3.5小时），苏瓦是斐济共和国的首都，是政治中心也经济中心。沿着珊瑚海岸驱车前往，抵达后访问斐商业中心和外观总统官邸。享用中式午餐。
                 <w:br/>
                 下午游览【苏瓦博物馆】、【瑟斯顿花园 Thurston Garden】 、【苏瓦市中心】，游览结束后，送回酒店休息，是日晚餐自理。
                 <w:br/>
                 景点介绍：
                 <w:br/>
                 【苏瓦博物馆】 
                 <w:br/>
                 斐济博物馆是斐济很有名的建筑物，被人们看做是南太平洋最重要的、最壮观的历史博物馆。斐济博物馆位于斐济首都苏瓦，展品包罗万象，从昔日小巧精致的装饰品到传统独木舟等大型藏品都有，是寻找斐济神秘过去的理想地方。虽然它的展览品很有限，但摆放的井然有序的，记载这斐济历史的点点滴滴，包括三千多年前的石器，国人征服斐济用的来福枪和牛皮封面圣经，还有当时英国征服斐济时的圣经。有一展柜挂了件满清时的长袍马褂，细看文字，是有关华人登陆斐济的历史。但最令人悚然的，是有关斐济“食人”的历史。在荒蛮时代，土著部落相互杀戮，嗜血成性。展出的硬木凿子和勺子，就是专门食人的用具。贝克牧师被土人吃掉，是百年来流传最广的故事。贝克当年用过的《圣经》、梳子和残存的靴子，至今仍保存在斐济博物馆里，供后人参观，让他们知道，在这个美丽的小岛，还曾发生过传教士被食的悲剧。 
                 <w:br/>
                 【瑟斯顿花园 Thurston Garden】 
                 <w:br/>
                 也称为德斯登花园（Thurston Garden）位于斐济维提岛苏瓦市艾伯特公园(Albert Park) 和总督府（Government House）之间，是一座美丽的花园。花园内有一座钟楼，于 1918 年为纪念苏瓦市的第一任市长而建。园内种植着许多珍稀的花草树木。娇艳欲滴的莲花及其他花卉在青葱繁茂的热带植物的衬托下愈发迷人。游客可以在园内的喷泉池里投一枚硬币，许个心愿。午后，当地人都喜欢到公园里散散步，享受悠闲宁静的生活。孩童们在花园内嬉戏玩闹，不时发出清脆天真的笑声。漫步于林木葱茏、花团锦簇、碧草如洗、清风送幽的花园里，恍若置身于世外桃源，一切都是那么纯净美好。 
                 <w:br/>
                 【苏瓦市中心】 
                 <w:br/>
                 在苏瓦跳蚤市场（Suva Flea Market）可以感受到当地文化的融合——斐济族和印度族摊主毗邻而处，各自销售特色商品。苏瓦市场（Suva Market）是一个庞大的市场，有固定摊位，也有移动摊位， 全部聚 集在一个大顶棚下面。这里的摊位按照区域划分，密密麻麻摆着各类斐济日常食品和斐济特色食物，比如树芋和胡椒树根（用来做 KAVA 的原材料）。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
@@ -703,133 +703,135 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Warwick Fiji或同级五星酒店</w:t>
+              <w:t xml:space="preserve">GRAND PACIFIC HOTEL by IHG或同级五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 苏瓦SUVA—楠迪NADI
                 <w:br/>
-                酒店早餐后，上午于酒店内自由活动，指定时间办理退房，是日午餐自理。下午返回楠迪市区入住酒店。
+                酒店早餐后，上午于酒店内自由活动，指定时间办理退房，是日午餐自理。
+                <w:br/>
+                下午返回楠迪市区入住酒店。
                 <w:br/>
                 指定时间于酒店集合，前往【斐济文化村】开展璀璨的夜游之旅！
                 <w:br/>
                 【斐济文化村】是展示斐济传统文化的综合性旅游景区， 这里有斐济最悠长的历史，表达了斐济最传统的文化，描绘了斐济最心灵手巧的手工艺。在这里能接地气地感受最真实的斐济，探索他们最古老的生活方式 ，了解他们的衣食住行，品尝他们现场制作的 LOVO 大餐，欣赏聆听他们的歌舞音乐。感受当地热情的 Kava仪式，享用丰盛的自助晚餐，特别安排欣赏斐济传统的 Meke 表演和精彩的火把舞，与当地族人一起互动。活动结束后，送回酒店休息。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanoa International Hotel 或 Nalagi Hotel或同级四星酒店</w:t>
+              <w:t xml:space="preserve">Wyndham Garden Wailoaloa Beach Fiji或同级四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -863,51 +865,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanoa International Hotel 或 Nalagi Hotel或同级四星酒店</w:t>
+              <w:t xml:space="preserve">Wyndham Garden Wailoaloa Beach Fiji或同级四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -941,51 +943,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanoa International Hotel 或 Nalagi Hotel或同级四星酒店</w:t>
+              <w:t xml:space="preserve">Wyndham Garden Wailoaloa Beach Fiji或同级四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1019,192 +1021,194 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanoa International Hotel 或 Nalagi Hotel或同级四星酒店</w:t>
+              <w:t xml:space="preserve">Wyndham Garden Wailoaloa Beach Fiji或同级四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                楠迪NADI
+                楠迪NADI/香港HONGKONG
+                <w:br/>
+                参考航班：FJ393  NANHKG 23:30/06:00+1,飞行时间约10小时30分钟
                 <w:br/>
                 酒店早餐后，酒店内自由活动，享受悠闲时光（是日午餐、晚餐自理）
                 <w:br/>
-                交通：无
+                晚上指定时间集合，乘车前往机场办理登机手续，搭乘国际航班返回香港！
+                <w:br/>
+                交通：飞机，专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanoa International Hotel 或 Nalagi Hotel或同级四星酒店</w:t>
+              <w:t xml:space="preserve">航班上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                楠迪NADI/香港HONGKONG
-[...5 lines deleted...]
-                交通：飞机
+                香港HONGKONG
+                <w:br/>
+                抵达香港国际机场后，结束愉快的旅程！
+                <w:br/>
+                交通：无
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温暖的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1824,51 +1828,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>