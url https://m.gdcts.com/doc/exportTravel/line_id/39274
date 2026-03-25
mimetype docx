--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【遇见腾冲】云南腾冲双飞5天|热海景区|滇西抗战纪念馆|和顺古镇|云峰山|勐焕大金塔|勐巴娜西珍奇园|一寨两国|姐告、火山公园 （入住一晚云峰山温泉酒店， 直飞腾冲往返）行程单</w:t>
+        <w:t xml:space="preserve">【遇见腾冲】云南腾冲双飞5天|热海景区|滇西抗战纪念馆|和顺古镇|云峰山|勐焕大金塔|勐巴娜西珍奇园|一寨两国|姐告、火山公园 （双温泉：入住一晚云峰山温泉酒店+热海浴谷）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,52 +388,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ● 直飞腾冲 南航航班
-                <w:br/>
                 ● 品质出行，广东成团 纯玩收客无担忧
                 <w:br/>
                 ● 中国第一金佛塔，亚洲第一空心佛塔【勐焕大金塔】芒市标志性建筑
                 <w:br/>
                 ● 勐焕银塔，唯美的小泰姬陵-赴一场异域风情之旅
                 <w:br/>
                 ● 腾冲标志性景点著名侨乡，电视剧《北京爱情故事》外景拍摄地，国家4A景区
                 <w:br/>
                 ● 被誉为"火山地质博物馆"----腾冲火山地质公园
                 <w:br/>
                 ● 腾冲热海公园是是中国三大地热区之一,是国家级AAAAA景区
                 <w:br/>
                 ● 打卡网红村寨，造访极边村寨，领略民俗民风
                 <w:br/>
                 ● 热海温泉：含价值268元/人火山地热【热海浴谷泡澡】
                 <w:br/>
                 ● 慢品舌尖美味，火山热海土锅子宴、本地特色私房菜、铜瓢牛肉
                 <w:br/>
                 ● 住宿安排：全程网评四钻酒店+升级一晚云峰山温泉酒店或同级，感受天然温泉SPA
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -569,53 +567,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-腾冲（航程约3小时）-芒市-（车程约1.5小时）瑞丽
-[...1 lines deleted...]
-                始发地机场乘（参考航班：待定）飞往腾冲，接机后乘车前往游览【勐巴娜西珍奇园】（游览时间1小时）国家4A级景区，在这里，百年古树、树化石/玉、大型根雕之多均为全国之最。看尽繁花，上千年的桂花、紫薇、黄杨，几百年的榕树、鸡蛋花、三角梅；而树化玉、树化石、大型根雕也令人瞠目结舌，后游览【勐焕大金塔】是中国第一金佛塔，亚洲第一空心佛塔，是芒市标志性建筑，也是生活在这里的傣族人民的圣地。后芒市前往瑞丽入住酒店休息。
+                广州-芒市（航程约3小时）-瑞丽（车程约1.5小时）
+                <w:br/>
+                始发地机场乘（参考航班：待定）飞往芒市，接机后乘车前往游览【勐巴娜西珍奇园】（游览时间1小时）国家4A级景区，在这里，百年古树、树化石/玉、大型根雕之多均为全国之最。看尽繁花，上千年的桂花、紫薇、黄杨，几百年的榕树、鸡蛋花、三角梅；而树化玉、树化石、大型根雕也令人瞠目结舌，后游览【勐焕大金塔】是中国第一金佛塔，亚洲第一空心佛塔，是芒市标志性建筑，也是生活在这里的傣族人民的圣地。后芒市前往瑞丽入住酒店休息。
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 云南地区紫外线较强，气候变化较快，请您在出行前提前做好相应准备，雨伞、外套、防晒霜.
                 <w:br/>
                 为避免出现饮食问题，请您在自行品尝美食时，选择正规的餐饮场所.在自由出行时，请您保管好个人财物，注意人身安全。
                 <w:br/>
                 交通：飞机，汽车
                 <w:br/>
                 景点：勐焕大金塔、 勐巴娜西珍奇园
                 <w:br/>
                 到达城市：瑞丽市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -923,55 +921,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                腾冲- -广州（航程约3小时）
-[...3 lines deleted...]
-                后根据航班时间送团，结束愉快难忘的遇见。
+                腾冲-芒市 -广州（航程约3小时）
+                <w:br/>
+                早餐后根据航班时间送团，结束愉快难忘的遇见。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。感谢各位贵宾对我们工作的支持和理解，我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 2.酒店是12:00前退房(超出时间退房将按照酒店规定收取房费)， 如果您是晚航班离开昆明，请安排好您今天的时间，感谢您的配合！（如果您是搭乘早班机飞回出发地，有可能会遇到酒店早餐未到开餐时间，无法安排早餐，敬请谅解！）
                 <w:br/>
                 交通：汽车、飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1049,51 +1045,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州-芒市往返程飞机经济舱特惠机票，航班时间等以航司出票为准；    
                 <w:br/>
                 2、住宿：入住当地酒店双人标间（不挂星）；每成人每晚（12周岁以上）一床位，出现单男或男女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
-                3、用餐：全程含4早8正，30元/人/正（酒店含早餐，不占床不含早餐）备注：餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。 
+                3、用餐：全程含4早8正，40元/人/正（酒店含早餐，不占床不含早餐）备注：餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。 
                 <w:br/>
                 4、用车：当地5-55 座空调旅游车，按实际人数用车，保证一人一正座。云南因山路较多且地理环境较特殊，高原行车，汽车容易出故障，途中可能会安排检修，敬请谅解； 
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。 
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外, 本线路已经按云南免大门票政策核算，所有的门票优惠减免无费用可退），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。特别提示：由于云南旅游景点多为提前制卡制度，一旦制卡，费用不便退出；另：享有免票的特殊人群（如：老人、残疾人、军官、学生、记者、儿童等可能发生优惠的证件者）因我社门票为旅行社团体采购，已超出个人优惠值，均不再享受任何优惠政策 
                 <w:br/>
                 7、小童（2-11岁）：只含半正餐餐费、车位、机票；不占床位、不含门票、不含动车票、不含早餐（早餐费用按入住酒店前台收费规定，由家长现付），小孩也不享受赠送景点，全程超高门票自理。 
                 <w:br/>
                 8、购物点： 无;行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1383,51 +1379,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>