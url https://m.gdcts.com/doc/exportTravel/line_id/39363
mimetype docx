--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【爆新品•畅享海花岛】海南海口三亚双飞5天｜海花岛｜西岛｜南山｜大小洞天｜天涯海角｜槟榔谷｜日月湾行程单</w:t>
+        <w:t xml:space="preserve">【爆款•畅享海花岛】海南海口三亚双飞5天｜海花岛｜西岛｜南山｜大小洞天｜天涯海角｜槟榔谷｜日月湾行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2大住宿标准随心选</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -715,64 +715,70 @@
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 儋州-三亚（车程约3小时）
                 <w:br/>
                 早餐后，乘车前往【东方鱼鳞洲】（车程约1.5小时，时间不少于60分钟），据史料记载，清朝康熙四十年，鱼鳞洲就被列为海南风景名胜之一。鱼鳞洲面临波涛翻滚的大海，奇峰林立，岩石多姿，绿草灌木铺地，长年山花烂漫；海滩上，沙细如末白如雪，松软如绵；海面碧波万顷，浅水小艇穿梭，远海白帆点点，海鸥翔空；海风推波助澜，浪被扑打在石壁上，溅起一堆堆雪白的浪花，沉雷般的涛声轻重有序，节奏均匀。
                 <w:br/>
                 而后乘车前往三亚，游览【大小洞天】（游览时间不少于120分钟，不含电瓶车），走入大小洞天，映入眼帘的是一个巴厘岛式的天空之境，在这里拍照，石雕和人像倒映在水面上。在门口附近，有布满白鸽的蓝色房子以及造型别致的鸟巢与心型编织藤蔓，每一种都能拍出美美的照片，留下属于这里的大海回忆。走入大小洞天的岩洞中，感受岩洞的清凉，有一种面朝大海的美妙。通往景区的尽头，有一片颇为特别的沙滩，密布着礁石，透过蔚蓝的海水，俯瞰沙滩，更成为一幅颜色丰富的画卷。来到景区标志景点灯塔，守候和指明方向是灯塔的意义，这里也成为了情人们最钟情的景点。
                 <w:br/>
-                下午游览5A景区【天涯海角】（时间不少于120分钟），这里碧海、青山、白沙、巨磊、礁盘浑然一体，宛若七彩交融的丹青画屏；椰林、波涛、渔帆、鸥燕、云层辉映点衬，形成南国特有的椰风海韵。海湾沙滩上大小百块石耸立，“天涯”、“海角”和“南天一柱”巨石突兀其间，昂首天外，峥嵘壮观。在这里，望着碧波澄澈的波涛，观古老摩崖石刻，与相爱之人互相诉说自己的情意，执子之手，与子偕老。
+                下午乘船登上国家4A级景区【西岛】（含往返船费，含上下岛时间不少于180分钟），开始你的inslandwalk。
+                <w:br/>
+                这里有着原始的海岛风光和质朴的渔家风情，被称为“海上桃源”，漫步百年渔村或柔软洁白的沙滩，倾听着海风的柔柔细语，在辽阔的海天之间，海风裹挟着大海清新的味道，空气中都是愉悦和自在的气息。
+                <w:br/>
+                可自行闲逛百年渔村，寻找珊瑚礁老房子；或寻找海上书屋：在西岛渔村的尽头，藏着一座充满文艺气息的海上书屋。这座由旧渔船改造而成的书屋，面朝大海，春暖花开。
+                <w:br/>
+                或探秘海底世界（潜水、摩托艇、海上拖伞、香蕉船等海上娱乐项目费用不含）
                 <w:br/>
                 <w:br/>
                 今晚入住三亚酒店，2大住宿标准随心选，不同标准对应价格不同：
                 <w:br/>
                 畅享版：三亚悦家度假酒店（亚龙湾和泓假日阳光店）/雅布伦/三亚湾晟月海景酒店/海南盛德双鑫酒店/康福瑞橡树庄园酒店(三亚湾椰梦长廊店)/如家精选酒店/和颐至格酒店(三亚市政府情人桥店)或不低于以上标准网评3钻酒店
                 <w:br/>
                 四钻版：三亚金立国际大酒店/大东海君亭/君锦滨海/新城酒店/椰蓝湾或不低于以上标准网评4钻酒店
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：东方鱼鳞洲、天涯海角、大小洞天
-[...1 lines deleted...]
-                自费项：大小洞天/天涯海角电瓶车、园中园项目费用均不含，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；
+                景点：东方鱼鳞洲、西岛、大小洞天
+                <w:br/>
+                自费项：大小洞天/西岛电瓶车、园中园项目费用均不含，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -804,63 +810,69 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
-                早餐后，游览祈福圣地【南山文化旅游区】（游览时间不少于180分钟），南山文化旅游区是海南省依托南山独特的山海天然形胜和丰富的历史文化渊源开发建设的佛教文化展示园区，园区景点众多，佛学氛围浓厚，其中最为有名的便是伫立于金刚洲上【海上观音像】，圣像高108米，是世界最大的观音像。像体为观音的一体三尊，分别呈持珠、持莲、持箧的造型。圣像脚踏莲花宝座，面容慈悲庄严，令人不由崇敬之情。除了南海观音相外，园内更展出有国宝级的金玉佛像和专门的佛教文化交流中心，让您在南海之滨了解海南独特的佛教文化；造访【长寿谷】，在百寿谷里找寻潜藏的“寿”字，感受浓厚的长寿文化气息。
-[...7 lines deleted...]
-                或探秘海底世界（潜水、摩托艇、海上拖伞、香蕉船等海上娱乐项目费用不含）
+                早餐后，前往游览国家5A景区【槟榔谷黎苗文化旅游区】（游览时间不少于180分钟，不含电瓶车/园中园等项目）；走进纯正、灵动的海南民族文化活体博物馆，寻绣面老人，听他们讲过去的故事，与黎家人道一声“波隆”，品一杯山兰玉液，探访海南地道的风土人情。
+                <w:br/>
+                赠送：九大民俗博物馆、九大黎族部落互动NPC、飞禽世界、热带风暴体验、苗族盘皇舞演出、刀山火海演出、300场次小节目、赠黎苗换装体验。如上为打包门票赠送，如放弃不体验或景区取消赠送等均无费用可退，请知悉。
+                <w:br/>
+                午餐后赠送体验【直升机飞行体验1圈小起落】（飞行基地以实际安排为准，赠送项目如放弃不体验费用不退），体验酷炫的低空飞行，俯瞰三亚美景。
+                <w:br/>
+                直升机预定限制须知：
+                <w:br/>
+                1.孕妇及65岁以上老人、高血压、心脏病患者、孕妇、体重100ＫG以上不宜登机；
+                <w:br/>
+                2.航线无儿童价，大小同价；
+                <w:br/>
+                3.本着坐满起飞及配载平衡的原则，公司有权力对乘客进行拼组、重新分组等协调搭配，乘客应当予以配合。
+                <w:br/>
+                下午游览5A景区【天涯海角】（时间不少于120分钟），这里碧海、青山、白沙、巨磊、礁盘浑然一体，宛若七彩交融的丹青画屏；椰林、波涛、渔帆、鸥燕、云层辉映点衬，形成南国特有的椰风海韵。海湾沙滩上大小百块石耸立，“天涯”、“海角”和“南天一柱”巨石突兀其间，昂首天外，峥嵘壮观。在这里，望着碧波澄澈的波涛，观古老摩崖石刻，与相爱之人互相诉说自己的情意，执子之手，与子偕老。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：南山，西岛
+                景点：槟榔谷、直升机、天涯海角
                 <w:br/>
                 自费项：南山/西岛电瓶车等不含，西岛海上娱乐项目不含，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，如放弃不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -894,78 +906,66 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-海口（车程约3.5小时）
                 <w:br/>
-                早餐后，前往游览国家5A景区【槟榔谷黎苗文化旅游区】（游览时间不少于180分钟，不含电瓶车/园中园等项目）；走进纯正、灵动的海南民族文化活体博物馆，寻绣面老人，听他们讲过去的故事，与黎家人道一声“波隆”，品一杯山兰玉液，探访海南地道的风土人情。
-[...11 lines deleted...]
-                3.本着坐满起飞及配载平衡的原则，公司有权力对乘客进行拼组、重新分组等协调搭配，乘客应当予以配合。
+                早餐后，游览祈福圣地【南山文化旅游区】（游览时间不少于180分钟，不含电瓶车），南山文化旅游区是海南省依托南山独特的山海天然形胜和丰富的历史文化渊源开发建设的佛教文化展示园区，园区景点众多，佛学氛围浓厚，其中最为有名的便是伫立于金刚洲上【海上观音像】，圣像高108米，是世界最大的观音像。像体为观音的一体三尊，分别呈持珠、持莲、持箧的造型。圣像脚踏莲花宝座，面容慈悲庄严，令人不由崇敬之情。除了南海观音相外，园内更展出有国宝级的金玉佛像和专门的佛教文化交流中心，让您在南海之滨了解海南独特的佛教文化；造访【长寿谷】，在百寿谷里找寻潜藏的“寿”字，感受浓厚的长寿文化气息。
                 <w:br/>
                 下午乘车前往打卡【日月湾】，这里是一个天然的海湾，区域内有长约16公里的海岸线、碧蓝的海水和细白的美丽沙滩，是一个非常适合度假和旅游的好地方。此外，在万宁日月湾你还可以观赏到壮观的日出和日落景象。而日落后日月湾又是另一番狂欢，在餐吧酒馆买上一瓶啤酒，游走在日月湾的椰林公路上，与往来旅客干杯，不管你是谁，也不管你从哪来，此时此刻我们只想自由，为这星辰大海干杯庆祝！
                 <w:br/>
                 游览完毕后返回海口，入住酒店，结束当前旅程。
                 <w:br/>
                 <w:br/>
                 今晚入住酒店参考：
                 <w:br/>
                 畅享版：海口爱丽/龙泉酒店/兴湖半岛酒店/良智汇品酒店/卓秀大酒店/北辰大酒店/海口崇华商务酒店/海口匡福嘉轩酒店（原万信至格）/宜尚/格林豪泰(海口海府路店)或不低于以上标准网评3钻酒店
                 <w:br/>
                 四钻版：海岛森林酒店（海口高铁东站店）/新燕泰大酒店/海口明光胜意酒店或不低于以上标准网评4-5钻酒店
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：槟榔谷、直升机体验、日月湾
+                景点：南山、日月湾
                 <w:br/>
                 自费项：槟榔谷电瓶车、园中园项目费用不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1522,51 +1522,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>