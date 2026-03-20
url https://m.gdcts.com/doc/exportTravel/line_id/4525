--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【嗨玩大理】云南丽江大理纯玩双飞5天| 丽江古城| 束河古镇| 玉龙雪山冰川大索道 蓝月谷| 大理古城|大理洱海海舌公园旅拍| 东方圣托里尼理想邦旅拍（ 直飞丽江往返 升级两晚丽江古城豪华客栈）行程单</w:t>
+        <w:t xml:space="preserve">【嗨玩大理】云南丽江大理纯玩双飞5天| 丽江古城| 束河古镇| 玉龙雪山冰川大索道 蓝月谷| 大理古城|大理洱海| 沙溪古镇| 理想邦旅拍（ 直飞丽江往返 四晚四钻豪华酒店）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,67 +392,73 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ●直飞丽江，广东成团，丽江大理纯玩5日游
                 <w:br/>
                 ●人文景观：大理古城+丽江古城+束河古镇三座古城，三种截然不同的少数民族文化体验
                 <w:br/>
-                ●打卡“东方圣托里尼”（浪漫古堡，街景，打破常规艺术建筑）别有一番希腊爱琴海的味道
-[...5 lines deleted...]
-                ●独家安排丽江一天Suv自驾旅拍或雪山大索二选一：DIY个性玩法
+                ●“东方圣托里尼”（浪漫古堡，街景，打破常规艺术建筑）别有一番希腊爱琴海的味道
+                <w:br/>
+                ●打卡：东方圣托里尼理想邦电子底片调色8张每人+精修1张，海景享受
+                <w:br/>
+                ●网红新玩法-浪漫之地*大理海舌独家旅拍：观光车+生态廊道骑行+夫妻树航拍+旅拍
+                <w:br/>
+                ●赠送丽江古城旅拍，体验一下少数民族的风情
+                <w:br/>
+                ●影视剧同款拍摄地&amp;千年历史名镇-大理沙溪
                 <w:br/>
                 ●特别安排仪式感拉满----非遗体验：围炉煮茶
                 <w:br/>
-                ●抵达当天：赠送鲜花接机+纳西民族纪念小饰品
+                ●漫步丽江非遗文化-古城宣科纳西古乐博物
+                <w:br/>
+                ●网红小资-享雪山景观咖啡下午茶 
+                <w:br/>
+                ●成人赠送价值280的印象丽江表演
                 <w:br/>
                 ●特别安排赠送一晚蜜月夫妻鲜花铺床
                 <w:br/>
                 ●生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）   
                 <w:br/>
-                ●2晚精品酒店+升级丽江2晚四钻古城精品民宿/客栈
+                ●臻选全程网评四钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,481 +577,507 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-丽江（约3小时航程）-入住酒店-自由活动（机场至市区：车程约40KM，行驶约40分钟）
                 <w:br/>
-                广州白云机场集中，后乘飞机前往丽江，我社工作人员将在丽江三义机场二号出站口举接站牌迎接您，您将乘坐我社的专用车前往酒店，办理入住手续， 
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                乘机飞往丽江，我社工作人员将在丽江三义机场二号出站口举接站牌迎接您，后游览世界文化遗产【丽江古城、四方街】丽江古城内的街道依山傍水修建，以红色角砾岩铺就，有四方街、木府、白沙民居建筑群、束河民居建筑群等景点,走过石板路，感受四方街的繁华和热闹，体会小桥流水人家的韵味,走进丽江古城，感受纳西风情，
+                <w:br/>
+                实地探访【宣科纳西古乐博物】一处可以坐下来感受的丽江文化空间。深耕丽江，我们始终聚焦最值得呈现的文化内核。持续在路上，以专业与尊重，为你打开更真实的丽江。【赠送丽江古城旅拍，赠送项目不退不换】（含古城换装旅拍：含每人一套服装使用，衣服可选民族服饰，三种服装风格，使用完需归还；不含化妆，赠送每人6张电子底片）后丽江入住酒店
+                <w:br/>
+                备注：如第一天为晚班机，则宣科纳西古乐博物+丽江古城旅拍 改为第三天游览；
+                <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
-                1.丽江市区海拔2400米，初上高原，请注意不要剧烈运动和过量饮酒，入住酒店后注意休息，做好体力储备，养足精神，为接下来的旅程做好充分的准备，在房间内休息记得将门反锁，扣上安全栓。丽江早晚温差较大，请您注意添减衣物。
-[...3 lines deleted...]
-                3.报名时请留下你在旅行期间使用的手机号码并保持畅通，方便接机师傅与你联系并在机场出口第一时间接到你。
+                1. 丽江市区海拔2400米，初上高原，请注意不要剧烈运动和过量饮酒，入住酒店后注意休息，做好体力储备，养足精神，为接下来的旅程做好充分的准备，在房间内休息记得将门反锁，扣上安全栓。丽江早晚温差较大，请您注意添减衣物。
+                <w:br/>
+                2. 今日无餐饮安排，大家可自行品尝云南风味小吃，在自由出行时，请您保管好个人财物。
+                <w:br/>
+                3. 报名时请留下你在旅行期间使用的手机号码并保持畅通，方便接机师傅与你联系并在机场出口第一时间接到你。
+                <w:br/>
+                4. 自由活动时间无车、无导游，请客人注意财产和人身安全，以免带来不必要的损失和麻烦。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【特别提示】：
                 <w:br/>
                 1.往返参考航班起飞时间（06：00-23：55航班或直飞丽江或需经停）如有特殊要求，请报名前咨询前台工作人员并书面说明，如无特殊要求，我社按当天团队特惠机位安排，如无法安排，不另通知，以航空公司安排航班时间为准，不可更改；
                 <w:br/>
                 2.为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。望周知！！！
                 <w:br/>
                 交通：飞机，旅游车
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江静宁祉悠、盛铂、铂悦、格雅、子悦精品、侨鑫、龙耀祥、吉钰、凯斯酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                丽江- -大理（车程约200公里，行驶约3小时）
-[...5 lines deleted...]
-                前往有中国圣托里尼之称的【理想邦】在这里我们特意安排了【写真旅拍】（赠送每人8张调色电子底片+1张精修照片）天空与海洋的梦境，从这里开始，蓝色浪漫，白色纯净，温柔与风和白云一样恍惚， 在这里忘记时间，只留享受。
+                丽江-大理沙溪-大理（车程约200公里，行驶约3小时）
+                <w:br/>
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后丽江出发前往大理沙溪（车程约1.5小时）抵达游览【沙溪古镇】(“去有风的地方”电视剧取景地)前往游览在茶马古道上的辉煌历程穿过驻立千年的【玉津桥】后带入遥远的大海；【寺登四方街】依旧是沙溪的灵魂与核心，是沙溪商贸交易的地方，寺登街大榕树下总会聚集晒太阳歇脚的外地客，在这里可以感受千年的【古戏台】可以漫步古街红砂石板，这一次的选择会心一笑，静静流淌的黑潓江见证了茶马古道明珠的兴衰,唯有天空一如既往.
+                <w:br/>
+                  游览完之后游览完前往大理，抵达沿着环海东路，一路美拍，网红打卡圣地，绝不错过。车环洱海，网红打卡地标：出发—【挖色码头】—【礁石美拍】—【小普陀】
+                <w:br/>
+                后前往有中国圣托里尼之称的【理想邦】在这里我们特意安排了【写真旅拍】（赠送每人8张调色电子底片+1张精修照片）天空与海洋的梦境，从这里开始，蓝色浪漫，白色纯净，温柔与风和白云一样恍惚， 在这里忘记时间，只留享受。
                 <w:br/>
                     前往【双廊古镇】是最适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉.玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。晚餐后入住大理酒店。
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1.特别提醒：拉市海为私人场所，如客人不参加骑马自费或不单独买门票，则无法进入景区游览，不便之处，敬请
                 <w:br/>
                 周知！骑马听从马夫指挥，携带物品简洁为佳，不要再马上做危险动作，切忌马背上大喊大叫，不要独自骑马离队，时刻注意路况，请各位贵宾注意衣服增减、防晒。 
                 <w:br/>
                 2.今天乘车前往大理，时间较长，请保持愉快的心情，积极配合导游的工作，遵守时间安排。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：车环洱海、理想邦、双廊古镇
-[...1 lines deleted...]
-                自费项：拉市海（骑马费用 参考价格260元/人-298元/人
+                景点：沙溪古镇、车环洱海、理想邦、双廊古镇
                 <w:br/>
                 到达城市：大理白族自治州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大理精选精品参考酒店：大理丽君、丽呈睿轩酒店、大理文悦东方、格菲、品致家、文悦东方、础云、泊湾、易方、大理维也纳、江南居、满江鸿、港湾、苍洱景怡或同级或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">大理精选网评四钻参考酒店：大理理途、漫悦M花园酒店、大理华遇酒店、大理辛妮酒店、 凯里亚德洱海店、苍海觅踪或同级或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大理 -丽江（车程约200公里，行驶约3小时）
                 <w:br/>
-                早餐后，前往游览【大理古城】街道两旁，白族民居古香古色。城内由南到北，一条大街横贯其中深街幽巷，由西到东纵横交错，全城清一色的清瓦屋面，鹅卵石堆砌的墙壁，显示着古城 的古朴、别致、优雅，透出一种诱人气韵。
-[...3 lines deleted...]
-                     后乘车返回丽江，晚餐自理，可自费欣赏大型歌舞《丽江千古情》（费用自理300元/人）晚入住酒店。
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后前往游览【大理古城】街道两旁，白族民居古香古色。城内由南到北，一条大街横贯其中深街幽巷，由西到东纵横交错，全城清一色的清瓦屋面，鹅卵石堆砌的墙壁，显示着古城 的古朴、别致、优雅，透出一种诱人气韵。
+                <w:br/>
+                    后前往游览【打卡浪漫之地*大理海舌独家旅拍】【喜洲古镇观光车接送+生态廊道骑行+夫妻树航拍+海舌公园旅拍（含门票+独家资源）(赠送1个一分钟视频+2个30秒视频+每人最少5张照片）】跟着领队和摄影师一路拍摄和高歌，来到洱海边湿 地的大草坪，白族姑娘们在这等候，等待着我们的到来共同 起舞让我们一起尽情挥洒汗水，用歌声和欢笑为旅途画上美好的句号
+                <w:br/>
+                后乘车返回丽江，晚餐自理，可自费欣赏大型歌舞《丽江千古情》（费用自理300元/人）晚入住酒店。  
+                <w:br/>
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1.大理是一个少数民族聚居的地方，请尊重当地少数民族的风俗，不要乱丢垃圾。一是为了保护环境，二是尊重民族
+                <w:br/>
+                习惯。大理的气温总体偏低一点，洱海边更是风大，请做好保暖工作。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、
+                <w:br/>
+                太阳镜。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：大理古城 花语牧场
+                景点：大理古城、打卡浪漫之地*大理海舌独家旅拍
                 <w:br/>
                 自费项：丽江千古情 自理300元/人
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江古城客栈：丽江花筑奢.栖宿别院、花筑奢.隐庐弘院、丽江多弗、山水S，金府、璞缘精舍或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                丽江-玉龙雪山或者自驾-蓝月谷-丽江古城（车程约37公里，行驶约1小时）
-[...7 lines deleted...]
-                	前往游览世界文化遗产【丽江古城、四方街 含丽江古城维护费】解锁网红玩法玩出不一样的丽江。让“小桥流水人家”的画意，完全映入您的眼中。晚餐后，入住酒店休息。
+                丽江-玉龙雪山-蓝月谷-丽江古城（车程约37公里，行驶约1小时）
+                <w:br/>
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后乘车后前往以“险、奇、美、秀”著称的【玉龙雪山风景区】（路程时间约40分钟，整个景区游览约120分钟不含排队和上索道时间），乘索道（含进山费、含冰川大索道、含环保车）观雪山，沿途欣赏原始森林。特别通知：所有要升级大索道或含大索道的团队，为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。
+                <w:br/>
+                如三条索道皆限流或停运，将现退差价120元/人不上索道。请知悉，敬请理解！大索道不保证能上，望周知！！！
+                <w:br/>
+                之后游览【白水河、蓝月谷】（蓝月谷电瓶车自理60元/人）在晴天时，水的颜色是蓝色的，而且山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下，所以名叫蓝月谷。而白水河这个名字是因为湖底的泥巴是白色的，下雨时水会变成白色，所以又叫白水河。
+                <w:br/>
+                赠送安排观看原生态大型实景演出《印象·丽江》（观演时间约60分钟 赠送项目 不退不换）以雪山为背景，汲天地之灵气，取自然之大成，以民俗文化为载体，用大手笔的写意，在海拔3100米的世界上最高的演出场地，让生命的真实与震撼，如此贴近每一个人
+                <w:br/>
+                   后前往打卡下午茶【云堤岸咖啡】（成人赠送云堤岸咖啡下午茶套餐一份，可在自由打卡拍照，备注：如遇咖啡厅休息，会换到另外品牌的咖啡馆）之后前往丽江入住酒店休息。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
-                1.为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。望周知！！！
-[...19 lines deleted...]
-                    后前往游览世界文化遗产【丽江古城、四方街】(丽江古城属于开放式景点，游客游览结束后，自行前往酒店)解锁网红玩法玩出不一样的丽江。让“小桥流水人家”的画意，完全映入您的眼中。晚餐后，入住酒店休息。
+                （二）关于儿童暑假、寒假、黄金周以及门票紧张的玉龙雪山儿童门票的告知：
+                <w:br/>
+                1、身高范围在1.4米（含）以上，则按成人团队套票报名时需购买：儿童只要超过1.4米的身高，都需要提前输单制团队卡（针对旅行社输单制卡只能按成人票价格来结算），临时现场补票是不保证贵宾的儿童能补到票的，可能会出现家长有票，儿童只能在雪山下等家长的情况，所以建议携带儿童身高超1.4米的家庭务必报名时确认身高以免造成不必要的损失和不便，儿童雪山结算价格402元（古维50+进山费210元+大索120+电瓶车20+保险2）。
+                <w:br/>
+                2、身高范围在：1.2-1.39米的按景区现场优惠价补票，1.19米以下免费（仅参考，具体根据景区现场收费标准来）。
+                <w:br/>
+                3、儿童价不含印象丽江表演费用，景区挂牌价280元，儿童具体收费标准根据景区实际情况收取。
+                <w:br/>
+                4、玉龙雪山大索道海拔4500m以上，如出现头晕、呼吸困难等症状，请尽快告知随团导游或景区工作人员；
+                <w:br/>
+                5、游览期间索道口游客集中，有可能会出现排队现象，请耐心等待；雪山上温度较低，游览时请注意防寒保暖；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：玉龙雪山或者自驾，丽江古城
-[...1 lines deleted...]
-                自费项：蓝月谷电瓶车60/人
+                景点：玉龙雪山 白水河、蓝月谷、《印象·丽江》、云堤岸咖啡
+                <w:br/>
+                自费项：蓝月谷电瓶车40/人
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">丽江古城客栈：丽江花筑奢.栖宿别院、花筑奢.隐庐弘院、丽江多弗、山水S，金府、璞缘精舍或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-广州（航程约3小时）
                 <w:br/>
-                早餐后，根据航班时间自由活动，安排送机，把心中的留恋藏在心底，结束美妙的旅程
-[...7 lines deleted...]
-                【温馨提示】：
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后前往【束河古镇】(赠送小马车）束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。
+                <w:br/>
+                    体验纳西庭院下午茶——【围炉煮茶】慢火烹茶，静享时光。不如，小坐一下赴一场新中式茶局，冬日暖阳至、相约围炉、笑谈人生百事、惬意休闲旅游，浪漫如约而至；将每一寸光阴浸泡在喝茶的时间里，尽享人间好时节，尽享旅行的温暖浪漫；在这里时间可以过的很慢，在这里可以忘掉一切烦心事，你只需要安安静静享受此刻的安静与美好，围炉喝茶，品茶品行品百味人生，
+                <w:br/>
+                后前往游览【黑龙潭公园】秀丽的木氏土司皇家园林只见远处玉龙雪山倒遇潭中，出现“雪山四万八千丈，银屏一角深插底”的奇景。象山半壁映入水中，使黑龙潭山中有水，水中有山，山水相映，黑龙潭以其天生丽质，名列《中国名泉》、《中国风景名胜》等书
+                <w:br/>
+                 之后根据航班时间安排送机，把心中的留恋藏在心底，结束美妙的旅程
+                <w:br/>
+                【温馨提示】
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。感谢各位贵宾对我们工作的支持和理解，我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 3.如当天返程航班时间较晚，有延迟退房需求的，请于该酒店规定的退房时间前至总台办理延迟手续，产生费用自理（现付总台）。
                 <w:br/>
                 交通：汽车，飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1301,244 +1333,173 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">拉市海骑马</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">茶马古道骑马体验</w:t>
+              <w:t xml:space="preserve">丽江千古情</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大型演出</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 260.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 310.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江千古情</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">蓝月谷电瓶车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">景区小交通</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 310.00</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 60.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 40.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1787,51 +1748,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>