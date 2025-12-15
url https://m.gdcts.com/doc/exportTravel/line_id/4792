--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程：广州-三亚AQ1111/20:10
                 <w:br/>
-                回程：三亚-广州AQ1112/22:40，最终航班以实际出票为准
+                回程：三亚-广州AQ1112/22:50，最终航班以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -581,51 +581,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达机场后由工作人员安排接机送往酒店（专车接送）。逍遥管家早已经在酒店大堂等候，我们为叔叔阿姨的房间准备了简单的爱心宵夜(牛奶+易消化糕点)，今晚好好休息，精彩快乐的旅行即将开始。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
-                5、航班参考：广州-三亚AQ1111/19:20-20:55、CZ6736/22:05-23:40（周三），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。
+                5、航班参考：广州-三亚AQ1111/20:10-21:40（换季后参考：AQ1111/19:20-20:55、AQ1113/07:05-09:00），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。
                 <w:br/>
                 6、出于安全考虑不接受单人单独参团，需2人起订；65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -871,51 +871,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-返回广州（飞行时间约70分钟）
                 <w:br/>
                 ◆早餐后，前往5A景区【槟榔谷黎苗文化旅游区】，赠送非遗文化体验【苗族扎染】（游览时间不少于3.5小时），走进纯正、灵动的海南民族文化活体博物馆，寻绣面老人，听他们讲过去的故事，与黎家人道一声“波隆”，探访海南地道的风土人情。这里属于国家非物质文化遗产保护基地，神秘的部落里蕴藏着槟榔谷“四宝”，学习谷内非物质文化遗产，领略以人为核心的技艺、经验、精神之大美，感受黎族丰富的文化魅力。
                 <w:br/>
                 ◆ 下午前往【亚龙湾沙滩】（游览时间不少于60分钟）这里沙粒洁白细软，海水澄澈晶莹，而且蔚蓝，为中国八大最美海岸，也被誉为“天下第一湾”。
                 <w:br/>
                 ◆晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 温馨提示：请再次确认返程航班时间，并与送机人员约定送机时间和地点；自由活动期间购物一定要去规模大一些的自选超市，比如一方百货、第一百货等，那里货品齐全，价格公道；品尝地方小吃可以到三亚步行街或第一市场附近，除需注意饮食卫生外，还需留意关注小偷哦。
                 <w:br/>
                 总之，您的需求就是我们的责任，对逍遥海南的团队而言，行程结束并不是真正的结束，只是服务方式的转换。
                 <w:br/>
                 <w:br/>
                 备注：
                 <w:br/>
                 1、以上行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 2、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                3、航班参考：航班参考：，三亚-广州AQ1112/21:55-23:25、CZ6749/19:15-21:00（周三），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                3、航班参考：航班参考：，三亚-广州AQ1112/22:50-00:25+1（换季后参考：AQ1112/22:00-23:45），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：槟榔谷、亚龙湾沙滩
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
@@ -1391,51 +1391,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>