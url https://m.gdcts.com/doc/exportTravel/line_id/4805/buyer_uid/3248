--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【爆款•去海边野】海南三亚双飞5天 |西岛 | 槟榔谷黎苗文化 | 小众万宁 | 海边派对 | 海上浆板 | 旅拍 | 特色美食行程单</w:t>
+        <w:t xml:space="preserve">【爆款•去海边野】海南三亚双飞5天 |西岛 | 槟榔谷黎苗文化 | 小众万宁 | 海边派对 | 海上浆板 | 特色美食行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">每团不超6成人，2款住宿随心选</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -359,51 +359,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程：广州-三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00
                 <w:br/>
-                返程：三亚-广州AQ1112/22:00-23:45、AQ1114/10:00-11:20，最终航班以实际出票为准。
+                返程：三亚-广州AQ1112/22:30-00:20+1、AQ1114/09:40-11:20，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -412,59 +412,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★每团不超过6成人真纯玩 0购物 0自费 0景购 0车购
                 <w:br/>
                 ★这是一场有态度的旅程 针对只爱玩爱耍人群  沉浸式体验产品
                 <w:br/>
                 ★优选美景：4A西岛邂逅原生态海岛慢生活 | 探秘悬崖上的秘境乌龟滩 丨5A槟榔谷.溯黎苗非遗文化
                 <w:br/>
-                ★日与夜的海边派对：海边围炉煮茶  | 海上浆板 | 射箭
+                ★日与夜的海边派对：椰林海景下午茶 | 海上浆板丨沙滩椰林BBQ
                 <w:br/>
                 ★小众万宁：神州半岛灯塔 | 日月湾 | 石梅湾 |凤凰九里书屋
                 <w:br/>
                 ★隆苑咖啡：手冲咖啡体验+咖啡拉花+印尼特色糕点制作
                 <w:br/>
-                ★特色美食：黎家簸箕餐丨沙滩椰林BBQ
-[...1 lines deleted...]
-                ★贴心赠送：神州半岛灯塔电瓶车|西岛电瓶车|全程品牌矿泉水| 专业旅拍（送5张电子相片）
+                ★特色美食：黎家簸箕餐
+                <w:br/>
+                ★贴心赠送：神州半岛灯塔电瓶车+西岛电瓶车+全程品牌矿泉水+定制沙滩拖鞋
                 <w:br/>
                 ★甄选睡眠：2款住宿标准随心选（三亚3晚网评四钻版VS五钻版）+1晚清水湾/香水湾网评五钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -644,51 +644,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版）：大东海君亭/君锦滨海或不低于以上标准酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版）：君锦滨海/大东海君亭/玛瑞娜/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店或不低于以上标准酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -742,113 +742,109 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版）：大东海君亭/君锦滨海或不低于以上标准酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版）：君锦滨海/大东海君亭/玛瑞娜/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店或不低于以上标准酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-陵水
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
                 ◎  游览5A景区【槟榔谷黎苗文化旅游区】溯黎苗文化（游览时间不少于3小时)，想要逃离城市的喧嚣，开启一场文化探索之旅？来海南槟榔谷，沉浸式体验原汁原味的黎苗非遗文化，感受千年传承的独特魅力！走进槟榔谷，仿佛穿越了时空隧道，回到了古老的黎村苗寨。依山而建的船型屋，记录着黎族先民漂洋过海的传奇历史；色彩斑斓的黎锦苗绣，一针一线都诉说着古老的故事；悠扬婉转的黎族民歌，唱出了对生活的热爱和对自然的敬畏。在这里，你可以亲眼见证黎族阿婆用古老的腰织机织出精美的黎锦，可以跟着苗族阿哥学习欢快的竹竿舞，还可以品尝到地道的黎苗特色美食，感受舌尖上的非遗魅力。
                 <w:br/>
                 ◎  中餐品尝当地特色餐：黎苗簸箕餐。
                 <w:br/>
                 ◎ 下午前往“国家海岸”海棠湾，开启日与夜的海边派对,在椰林下的懒人沙发上吹个海风,迎着海风踏上浆板,去海边“野”起来。（懒人沙发、网红秋千、椰林吊床随便躺随便睡）
                 <w:br/>
-                ◆ 海边围炉煮茶：在茶香、海风中和五湖四海的朋友畅聊人生，分享故事。
-[...3 lines deleted...]
-                ◆ 赠送旅拍：专业摄影师跟拍，留住美好的回忆（送5张电子相片，超出5张后客人如需购买需自费，自愿原则）
+                ◆ 椰林海景下午茶：在茶香、海风中和五湖四海的朋友畅聊人生，分享故事。
                 <w:br/>
                 ◆ 海上浆板（温馨提示：该项目55岁以上，6岁以下儿童，孕妇、以及患有心脏病、高血压的客人无法体验）：你以为浆板只是简单的划水？No no no！它可是起源于夏威夷的古老运动，是冲浪的“亲兄弟”，如今风靡全球，成为最in的水上运动之一！站在浆板上，手握划桨，你就是这片海域的征服者！从笨拙地保持平衡，到自如地划行海面，再到挑战高难度动作，每一次尝试都是对自我的突破。迎着海风，沐浴着阳光，感受着海浪的律动，仿佛与大海融为一体，所有的烦恼都被抛到九霄云外。无论是独自一人享受宁静的海上时光，还是和朋友们一起嬉戏打闹，海上浆板都能带给你无限乐趣！日落时分，躺在浆板上，欣赏着绝美的海上落日，感受着海天一色的壮阔，这才是年轻人该有的度假方式！ 专业领队会教你动作要领，如何看浪，起乘，划水，如何落板，推板入水，不会游泳也没有关系哈！掌握好动作要领，保持好平衡，团队协作，用一浆一板探秘蔚蓝大海!
                 <w:br/>
                 ◆ 海边椰林BBQ、篝火晚会、民谣歌手、游戏盲盒:傍晚，夕阳将海面染成金色，沙滩BBQ的香气弥漫开来。夜幕降临，民谣歌手的悠扬歌声响起，伴随着海浪的节奏，大家围坐在一起，唱歌、跳舞、玩游戏，尽情释放压力，享受当下的快乐。
                 <w:br/>
                 ◎  行程结束后返回酒店。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：槟榔谷、海边派对（围炉煮茶/射箭/海上浆板/旅拍/椰林BBQ/篝火晚会）
+                景点：槟榔谷、海边派对（椰林海景下午茶/海上浆板/椰林BBQ/篝火晚会）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：黎苗簸箕餐     晚餐：海边椰林BBQ，套餐含如放弃不体验费用不退   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -994,51 +990,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70分钟）
                 <w:br/>
                 睡到自然醒，或自行前往酒店餐厅享用早餐；12点前记得退房哦。
                 <w:br/>
                 今日全天自由活动。晚上根据航班时间约定送团，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、航班参考：三亚-广州AQ1112/22:00-23:45、AQ1114/10:00-11:20，含15kg行李额，以实际出票为准。
+                2、航班参考：三亚-广州AQ1112/22:30-00:20+1、AQ1114/09:40-11:20，含15kg行李额，以实际出票为准。
                 <w:br/>
                 3、今日只含送机一趟，自由活动期间不含用车/导游服务；
                 <w:br/>
                 4、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
                 交通：送机一趟+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
@@ -1134,51 +1130,51 @@
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：当地豪华/超豪华标准建设酒店（2款住宿版本2选1），不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
                 3、用餐：含2正4早，早餐酒店含（不用不退），全程共2个特色餐，沙滩椰林BBQ（80元/人）+黎家簸箕宴（39元/人），费用不退此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：海南省空调旅游车，保证每人一正座；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。6成人以下安排导游兼司机（正规持证导游）；6成人以上分团（不包括儿童）；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外）；行程中包含的“西岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待，如坚持上岛请与景区签署免责协议。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2 岁以下婴儿不含任何费用，大交通由家长自理；
                 <w:br/>
                 8、购物点：无
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
-                9、赠送大礼包：赠送神州半岛灯塔电瓶车、西岛电瓶车、全程品牌矿泉水、专业旅拍（送5张电子相片），以上赠送项目，非我司原因和不可抗力因素造成无法安排，费用不予退还，我司拥有最终解释权。
+                9、赠送大礼包：赠送神州半岛灯塔电瓶车、西岛电瓶车、全程品牌矿泉水、椰林海景下午茶，以上赠送项目，非我司原因和不可抗力因素造成无法安排，费用不予退还，我司拥有最终解释权。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1270,51 +1266,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 4人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 3人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前 7天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、海南部分景区及酒店为方便游客，有自设商场及特产购物等情况（如兴隆热带植物园、天涯海角、呀喏达、南山等景区），烦请游客理解，切勿误会为是我社安排的旅游购物店，此类投诉我社无法受理，敬请谅解！
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人； 
                 <w:br/>
                 2）心血管疾病患者，如严重高血压、心功能不全、心肌缺氧、心肌梗塞等病人；
                 <w:br/>
@@ -1541,51 +1537,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>