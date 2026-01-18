--- v1 (2025-12-13)
+++ v2 (2026-01-18)
@@ -396,51 +396,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ♬【奇趣玩法】♬：独家安排丽江一天玉龙雪山大索或Suv自驾旅拍雪山脚下野奢下午茶 二选一DIY个性玩法 
                 <w:br/>
                 ♬【文艺打卡】♬：喜洲古镇CityWalk、海舌公园下午茶，漫享大理柔软时光
                 <w:br/>
                 ♬【全年保障】♬：全年保证大索道，满足对玉龙雪山4680登顶的一切期待
                 <w:br/>
                 ♬【独家安排】♬：独家安排云霓泸沽湖带装出行 或 泸沽湖云霄看日出 真纯玩，不可复制的旅途
                 <w:br/>
-                ♬【安逸美梦】♬：丽江2晚4钻品牌酒店+最后一晚升级5钻酒店+大理1晚4钻海景酒店海景房+泸沽湖升级1晚一线湖景房
+                ♬【安逸美梦】♬：丽江2晚4钻品牌酒店+一晚升级5钻酒店+大理1晚4钻海景酒店海景房+泸沽湖升级1晚一线湖景房
                 <w:br/>
                 ♬【舌尖味道】♬：大理白族砂锅鱼+云南特色过桥米线+泸沽湖石锅鱼+特色小吃品尝时间，美味记忆
                 <w:br/>
                 ♬【便捷坐骑】♬：单团用车控制在5-18座空调车以内（根据人数合理安排），严格把关，留下更多游玩休息时间
                 <w:br/>
                 ♬【嗨玩旅拍】♬：精选磻溪村S湾骑行旅拍，走进有风同款影视取景打卡地
                 <w:br/>
                 ♬【品质承诺】♬：郑重承诺单团控制在12成人（不含儿童），服务问题30分钟反馈结果，只为给您最佳的游玩体验
                 <w:br/>
                 <w:br/>
                 ▲ 多重好礼“疯狂送”
                 <w:br/>
                 1.抵达当天：赠送纳西民族纪念小饰品
                 <w:br/>
                 2.新婚报名：赠送一晚蜜月大床房鲜花或干花布置（根据实际情况会安排布置在全程的其中一晚）
                 <w:br/>
                 3.生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）           
                 <w:br/>
                 特别提示：此线路为全国散拼精品小团，根据发团需要，可能在部分行程段发生团友、用车等变化，拼团不超过3次（含3次），具体次数及行程段视线路收客情况而定，望周知。
                 <w:br/>
                 温馨提示：赠送项目，如因个人原因不用或自愿放弃或人力不可抗拒因素无法安排的，不退费也无替代项目，望周知。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -810,61 +810,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大理-丽江 （车程约190公里，行驶约2.5小时）
                 <w:br/>
-                早餐后，前往游览【大理古城】，古朴、别致、优雅，透出一种诱人气韵。享用午餐，后前往【洱海生态廊道S湾】（含自行车骑行+旅拍，赠送每组家庭3张电子底片），S大拐弯，最近火起来的“小镰仓”S弯。后前往游览【喜洲古镇】，一座恬静而优雅的小镇，电影《五朵金花》的故乡，有着一千多年历史的白族历史文化名镇。后前往【海舌生态公园】（含下午茶），洱海西岸，距离喜洲大约3-4公里，是一处延伸到洱海中的狭长半岛。岛上风光原始可以看到大片的树木和长长的蒿草，半岛深处的洱海也异常清澈蔚蓝，景色清新优美，拍照非常好看。返回丽江，抵达享用晚餐【过桥米线】，后前往前往游览【束河古镇】，世界文化遗产丽江古城的重要组成部分，感受别样的丽江带您的异域风情。
+                早餐后，前往游览【大理古城】，古朴、别致、优雅，透出一种诱人气韵。享用午餐，后前往【洱海生态廊道S湾】（含自行车骑行+旅拍，赠送每组家庭3张电子底片），S大拐弯，最近火起来的“小镰仓”S弯。后前往游览【喜洲古镇】，一座恬静而优雅的小镇，电影《五朵金花》的故乡，有着一千多年历史的白族历史文化名镇。后前往【海舌生态公园】（含下午茶），洱海西岸，距离喜洲大约3-4公里，是一处延伸到洱海中的狭长半岛。岛上风光原始可以看到大片的树木和长长的蒿草，半岛深处的洱海也异常清澈蔚蓝，景色清新优美，拍照非常好看。返回丽江，抵达享用晚餐【过桥米线】 
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.大理是一个少数民族聚居的地方，请尊重当地少数民族的风俗，不要乱丢垃圾。一是为了保护环境，二是尊重民族习惯。双廊的气温总体偏低一点，洱海边更是风大，请做好保暖工作。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、太阳镜。
                 <w:br/>
                 2.为让您更好的体验当地纳西民族风情，我们安排古城内或周边民居特色客栈，房间可能存在有潮气，隔音不好等问题，希望您能以体验心态多谅解，酒店位于束河古镇里面，交通方便，位置优越；因政府规定，旅游大巴无法驶入古城内，需要各位游客步行5至10分钟，方能抵达住宿的酒店，给您带来的不便敬请谅解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：洱海生态廊道S湾 海舌生态公园（含下午茶） 束河古镇
+                景点：洱海生态廊道S湾 海舌生态公园（含下午茶）
                 <w:br/>
                 到达城市：丽江
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -895,77 +895,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                丽江-泸沽湖  （车程约290公里，行驶约4.5小时）二选一
-[...11 lines deleted...]
-                <w:br/>
+                丽江-泸沽湖  （车程约290公里，行驶约4.5小时）
+                <w:br/>
+                早餐后，出发前往【丽江门店换装】（备注：提前一天客服人员会联系客人到店挑选自己心仪的衣服，客人选好后安排留服装，温馨提示衣服仅限2天使用第二天早上才可以换或带走哦；含每人一套服装使用，不含化妆；此为赠送项目如客人不参加或自愿放弃，概不退费也无替代项目），后出发前往东方女儿国—【泸沽湖】（驴友们评价云南最受欢迎的景点），抵达宁蒗享用中餐。到达【泸沽湖观景台】，泸沽湖美景尽收眼底。抵达打卡【草海、走婚桥】，这里的摩梭族奉行“男不娶，女不嫁”的走婚习俗，而走婚时男子都会经过走婚桥去往女方家里，因此这座桥又称“鹊桥”。抵达【洛洼码头】乘坐【猪槽船】前往王妃岛，在王妃岛旁边，需要从洛哇码头坐猪槽船前往，乘船时间约15分钟。一边是青青绿草的世界，一边的清澈见底的湖水，是看夕阳西下、日出东方的最佳地点。享用晚餐，后参加【篝火晚会】体验地道摩梭风情，在夜色中寻找自己意中人。后入住酒店
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1.停车点及景区中会有售卖药材土特产的商贩，非本社行为，请谨慎购买。
                 <w:br/>
                 2.泸沽湖少数民居众多，请贵宾尊重当地的风俗习性，避免引起冲突，带来不必要的麻烦。
                 <w:br/>
                 3.乘坐猪槽船的途中，湖面风较大，请听从船夫的安排，不要在船上做危险的动作，以免不慎落水。
                 <w:br/>
                 4.为让您更好的体验摩梭风情，我们安排民居特色客栈，因泸沽湖条件限制关系，发达程度远远不如一二线城市，安排的房间可能存在有潮气，隔音不好等问题，希望您能以体验心态多谅解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：泸沽湖二选一
+                景点：丽江门店换装、泸沽湖
                 <w:br/>
                 到达城市：丽江泸沽湖
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -998,64 +988,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 泸沽湖 -丽江（车程约200公里，行驶约4小时）
                 <w:br/>
-                云霓A线--换装线
-[...5 lines deleted...]
-                <w:br/>
                 早餐后，酒店出发，前往【格姆女神山观看日出】（含门票索道），位于泸沽湖北边的尼赛村旁，里格村以北，又称为狮子山，是当地摩梭族的神山，也是泸沽湖四周最高的山，山间拍摄泸沽湖全景非常不错。后前往【里格半岛游玩】位于泸沽湖的北侧，东西南三面环水，岛上有当地居民几百年的古老住所，早晨的里格半岛很神秘，被晨雾所围绕，从岛外看起来若隐若现，宛如仙境。享用午餐，后前往【大落水】，位于泸沽湖畔丽江一侧，是泸沽湖周围最早开发的村庄。这里设施完备，旅馆、店铺都比较多，前往湖滨各个景点的交通也都比较方便，村庄里还有浓郁的摩梭风情，是很多游客到泸沽湖首选的落脚地。后乘车返回丽江，抵达晚餐自理，后入住酒店。
                 <w:br/>
-                可自行前往游览世界文化遗产【丽江古城、四方街】，领略“家家溪水绕户转,户户垂扬赛江南”的独特古城风貌，让“小桥流水人家”的画意，完全映入您的眼中，感受丽江慢时光。
+                   可自行前往游览世界文化遗产【丽江古城、四方街】，领略“家家溪水绕户转,户户垂扬赛江南”的独特古城风貌，让“小桥流水人家”的画意，完全映入您的眼中，感受丽江慢时光。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：泸沽湖二选一、丽江古城
+                景点：泸沽湖 、丽江古城
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1089,50 +1072,56 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-广州（航程约3小时）
                 <w:br/>
                 早餐后，根据航班时间安排送机 ，结束美妙的旅程。
+                <w:br/>
+                （备注：回程晚班机免费赠送束河古镇小马车+非遗体验-围炉煮茶） 
+                <w:br/>
+                前往纳西先民在丽江坝子中最早的聚居地之一，也是茶马古道上保存完好的集镇【束河古镇】(赠送小马车）束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。
+                <w:br/>
+                    后赠送【非遗体验-围炉煮茶 】仪式感拉满，古香古色的院子，营造出“结庐在人境，而无车马喧”的闲适；从快节奏的生活工作中“偷得浮生半日闲”体验【围炉煮茶】中式的装修、火红的炭炉、古朴的茶具、精致的茶点，三五好友围坐闲聊…从烟熏火燎的取暖方式，到走红网络的休闲方式，围炉煮茶的重新出圈，得益于煮茶带来的仪式感。不同于传统的品茶，体验围炉煮茶的消费者，更多是奔着这种独特的体验，古香古色的院子，营造出“结庐在人境，而无车马喧”的闲适，自己动手煮茶，茶盏空了又满，一杯杯茶水入口，“浇出胸中不语尘”
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。感谢各位贵宾对我们工作的支持和理解，我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 3.如当天返程航班时间较晚，有延迟退房需求的，请于该酒店规定的退房时间前至总台办理延迟手续，产生费用自理（现付总台）。
                 <w:br/>
                 交通：汽车、飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1471,121 +1460,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 310.00</w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 60.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1834,51 +1752,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>