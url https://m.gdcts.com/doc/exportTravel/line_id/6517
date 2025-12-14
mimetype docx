--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【金典云南】 昆明大理丽江双飞6天丨丽大双古城丨玉龙雪山冰川大索道丨大理银都水乡丨昆明西山丨大理喜洲有风之旅丨洱海洱源小西湖丨昆明西山（升级一晚大理1晚温泉酒店+昆明升级1晚5钻花之城）行程单</w:t>
+        <w:t xml:space="preserve">【金典云南】 昆明大理丽江双飞6天丨丽大双古城丨玉龙雪山冰川大索道丨大理银都水乡丨昆明西山丨大理喜洲有风之旅丨洱海洱源小西湖丨昆明西山（升级一晚大理1晚温泉酒店+昆明升级1晚品牌希尔顿酒店）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,71 +388,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程亮点：
-                <w:br/>
                 ①一价全含0自费
                 <w:br/>
                 ②广东成团8人起铁发
                 <w:br/>
                 ③常年好评超高性价比
                 <w:br/>
                 ④全年保证玉龙雪山大索道+赠送防寒服氧气
                 <w:br/>
-                ⑤升级一晚大理1晚温泉酒店+昆明升级1晚5钻花之城
+                ⑤升级一晚大理1晚温泉酒店+昆明升级1晚品牌希尔顿酒店或同级
                 <w:br/>
                 ⑥特别安排：4A景点【洱源西湖】赠送民族风情表演
                 <w:br/>
                 ⑦特色体验：赠送民族风情表演+彝乡恋歌
                 <w:br/>
                 ⑧新婚报名：赠送一晚蜜月大床房鲜花布置（根据实际情况安排布置在全程的其中一晚）
                 <w:br/>
                 ⑨生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）
-                <w:br/>
-                ⑩出行无忧：单人可拼房（拼住年龄25-60岁）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -626,51 +622,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">昆明宜必思云大西路店、龙吉花园、千百汇、星瑞、金悦，艺龙壹堂，云聚，鑫诚或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">昆明宜必思云大西路店、云恒 、米伦、 莫林锦尚、昆明宜尚酒店春融街店、昆明沐云畔度假酒店、楚云轩或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -714,357 +710,360 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">楚雄雄羿 、宝冠、皓玉、悦莱、温楚、金色天华或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">楚雄雄羿 、宝冠、皓玉、格林豪泰、金色天华、艺龙玺呈、美嘉酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 楚雄-大理 （约2.5个小时车程）
                 <w:br/>
-                酒店享用早餐后，楚雄乘车大理前往【开启大理有风喜洲浪漫之旅】：网红小马车-古生村-洱海生态廊道电瓶车-海舌S弯+喜洲夫妻树；抵达行程第一站，换乘【网红小马车】，马车途径花田，一路田园风光，伴随着哒哒哒的马蹄声到达古生村。重游领导人调研的千年白族村【古生村】步行约400米，到达洱海生态廊道。抵达【洱海生态廊道】乘坐【音乐唱吧电瓶车】游洱海，珍惜每一个可以放松的时光，清风徐来，静坐椅中，手捧话筒，淌入心间在蓝天洱海一线间，途径廊桥，夫妻树等各种网红打卡点。到达【S湾拍摄基地】客人下车，在蓝天白云的映照下，感受着不需要滤镜的苍山洱海，在你体验靓丽风景的同时，摄影师也会帮你定格下这一难忘惬意的大理时光，当你体验过美丽照片后，我们的航拍师也会同时帮你记录。旅拍航拍结束；与白族金花在蓝天白云下进行【白族欢乐趴】挥洒汗珠，尽享欢乐时光 。体验着具有大理白族特色的另类旅行。（每组家庭赠送提供3张亲子电子原片）（专业摄影师航拍（全团提供一个视频）
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                酒店享用早餐后楚雄乘车大理前往【开启大理有风喜洲浪漫之旅】喜洲网红独家网红小马车+生态廊道s湾骑行+金花领舞打跳+旅拍航拍+音乐酒吧大篷车（每人电子版照片3张，一个60秒小视频制作）
                 <w:br/>
                 后乘车前往游览【大理古城】（大理古为开放式古城，自由活动）大理古城东临洱海，西枕苍山，城楼雄伟，风光优美，古朴幽静，城中有一贯穿南北的大街，城内流淌着清澈的溪水，到处可见古朴雅的白族传统民居，这里居民不论贫富，都有在庭院内养花种草的习惯。大理古城也就有“家家流水，户户养花”之说  
                 <w:br/>
-                之后前往AAAA级景区【洱源西湖】洱源西湖的美景六村七岛相间，汀港相连，舟楫往来，渔歌互答，湖中有岛，岛上有村，村落相连，汊港相通。千亩芦苇荡，这是西湖的另一绝妙奇观。“人在湖上走、家在水一方”,徜得在这美丽的泽国仙境。特别赠送民族风情表演，体验西湖茶歇，湖边午后，彩云悠悠,闻咖啡酵香，品普洱厚韵，饮一杯苍洱暖阳，偷得浮生闲，让生命自由，让灵魂栖息。
+                之后前往AAAA级景区【洱源西湖】洱源西湖的美景六村七岛相间，汀港相连，舟楫往来，渔歌互答，湖中有岛，岛上有村，村落相连，汊港相通。千亩芦苇荡，这是西湖的另一绝妙奇观。“人在湖上走、家在水一方”,徜得在这美丽的泽国仙境。特别赠送民族风情表演，体验西湖茶歇，湖边午后，彩云悠悠,闻咖啡酵香，品普洱厚韵，饮一杯苍洱暖阳，偷得浮生闲，让生命自由，让灵魂栖息。 
+                <w:br/>
+                <w:br/>
+                【温馨提示】：提前准备好拍照各类道具、服装，各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：大理有风喜洲浪漫之旅\大理古城\洱源西湖
                 <w:br/>
                 到达城市：大理白族自治州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大理参考酒店：大理地热国温泉酒店、金颐温泉酒店或不低于以上标准</w:t>
+              <w:t xml:space="preserve">大理金颐温泉酒店、地热国温泉酒店、天森花苑丽呈温泉酒店或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大理银都水乡-BUS丽江-玉龙雪山-丽江古城（约2小时车程）
                 <w:br/>
                 早餐后酒店大堂集合，前往参观游览有着“中国银都水乡”，小锤敲过一千年的鹤庆新华第一村。漫步在新华手工艺传承艺术小镇，“叮叮当当”的敲打声不绝于耳，中国非物质文化遗产银器手工技艺在这里传承发展，以银器制品的生产、销售、体验等为特色的产业不断壮大，逛银都、赏湿地、戏田园、栖原乡的游赏体验吸引着越多越多的旅游者。
                 <w:br/>
                     中餐赠送“雪山餐包”；后乘车前往丽江游览【玉龙雪山风景区】乘索道（含进山费、含冰川大索道、含环保车）观雪山，沿途欣赏原始森林。温馨提示：玉龙雪山大索道管理处告知，2015年起丽江玉龙雪山风景区参观实行限流政策，游客乘坐大索道前往冰川公园执行实名制预约制度，我社尽量预约大索道门票。如遇天气、检修停运或限制游览人数等不可抗力原因不能上大索，则将改为景区应急索道票（云杉坪索道或牦牛坪索道），并退差价80元/人。如三条索道皆限流或停运，将现退差价120元/人不上索道。请知悉，敬请理解！大索道不保证能上，望周知！！！
                 <w:br/>
-                之后前往游览【蓝月谷】（步行游览）（电瓶车不推不含）源自雪山的万古冰雪消融之后顺着峭壁流淌而下，不断汇集为山涧、溪流，最终在蓝月谷中形成了清澈见底、甘冽无比的河流。晴天时，水的颜色是蓝色的，山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下。
+                之后前往游览【蓝月谷】（步行游览）（电瓶车不推不含，步行游览蓝月谷）源自雪山的万古冰雪消融之后顺着峭壁流淌而下，不断汇集为山涧、溪流，最终在蓝月谷中形成了清澈见底、甘冽无比的河流。晴天时，水的颜色是蓝色的，山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下。
                 <w:br/>
                 随后乘车前往【丽江古城】漫步在古城小巷，尽情享受古城慵懒氛围，还可在街头巷尾寻觅各式美食，品味舌尖上的丽江味道。金黄酥脆的炸凉粉，咸甜皆可的丽江粑粑，回味无穷的蜜饯，香甜软糯的纳西米糕……
                 <w:br/>
                 结束后前往入住酒店。(丽江古城属于开放式景点，游客游览结束后，自行前往酒店)
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：大理银都水乡、 玉龙雪山风景区、 蓝月谷、丽江古城
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐（雪山餐包）     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江高球嘉禾店 、华盛、铂悦、如漫 、吉钰、凯斯、静宁祉悠、心悦雅阁、柏菲或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">丽江高球嘉禾店 、铂悦、如漫 、静宁祉悠、华盛大酒店、博瑞、盛铂、裕峻酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第五天：丽江 -昆明酒店 （车程约7小时）
                 <w:br/>
-                酒店自助早餐，随后前往【唐卡手工绘制体验】了解藏文化，学习唐卡知识:在开始绘制之前，有专业的唐卡画师或者指导老师为你介绍唐卡的历史、文化背景、艺术特点以及绘制唐卡的基本要求和注意事项等，这有助于你更好地理解和体验唐卡艺术。
-[...1 lines deleted...]
-                之后前往【束河古镇】束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。丽江汽车返回昆明入住酒店休息。
+                酒店自助早餐 ，之后前往【束河古镇】束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。丽江汽车返回昆明入住酒店休息。
                 <w:br/>
                 报名前也可+280/人升级丽江动车返回昆明
                 <w:br/>
                 <w:br/>
                 【温馨提示】：丽江昼夜温差大、光照时间、紫外线较强，请各位贵宾注意衣服增减、防晒。丽江为少数民族聚居地，请尊重当地的风俗习惯。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：东巴王国
-[...1 lines deleted...]
-                自费项：可以自费升级丽江动车返昆明，费用300/人（含接送）
+                景点：束河古镇
+                <w:br/>
+                自费项：可以自费升级丽江动车返昆明，费用280/人（含接送）
                 <w:br/>
                 到达城市：昆明市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">昆明品牌参考酒店：昆明花之城豪生、麦克达温德姆、华美达安可、西部智选假日、鑫盛达宏昇、铭春国际、威尔登大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">昆明品牌参考酒店： 昆明希尔顿惠庭、昆明希尔顿花园、昆明花之城豪生酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明-广州（约3小时航程）
                 <w:br/>
-                酒店早餐后，游览昆明【散客集散中心】（备注：早餐后统一时间出发前往集散中心，在集散中心根据航班统一送站，如因自身原因最后一天不去集散中心，需补费用150/人）逛完集散中心之后午餐免费赠送昆明特色过桥米线.后根据您的时间送站。备注：不去集散赠送景点+过桥米线视为自动放弃
-[...1 lines deleted...]
-                如飞机团是晚班机，下午赠送应季盲盒【滇池大坝或（陆军讲武堂周一闭馆+翠湖公园）或蓝花楹 赠送项目不退不换】季节限定赠送：前往紫色浪漫花海【蓝花楹】美拍，“等一场四月蓝花楹花雨，与你相遇在蓝花楹树下”你可以错过二月的梅花三月的梨花、樱花和桃花，但蓝花楹，真的不要错过去蓝花楹树下走一走，一不经意就和浪漫撞了个满怀（一般在4月中下旬5月初是最佳赏花期，受气候影响较大，并不保证说一定能看到全部盛开的花，敬请周知！另由于地方路况比较窄，赏花人数较多，旅游大巴不方便停车，因此可能会安排步行一段路，敬请理解）
+                酒店早餐后，上午游览昆明【散客集散中心】（备注：早餐后统一时间出发前往集散中心，在集散中心根据航班统一送站，如因自身原因最后一天不去集散中心，需补费用150/人）逛完集散中心之后午餐免费赠送昆明特色过桥米线.备注：不去集散赠送景点+过桥米线视为自动放弃
+                <w:br/>
+                如飞机团是晚班机，下午赠送应季盲盒【滇池大坝】后根据您的时间送站。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.感谢各位贵宾对我们工作的支持和理解，针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1476,51 +1475,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>