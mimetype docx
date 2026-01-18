--- v1 (2025-12-14)
+++ v2 (2026-01-18)
@@ -569,51 +569,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-昆明（航程约3小时）
                 <w:br/>
                 贵宾前往昆明，抵达接站，接送入住酒店。入住后游客可自行游览昆明品尝街头美食，每座老房子中都可能有“最滇味”的美食。昆明，一座等着你来发现、来探索的风情城市，昆明，欢迎您的到来！
                 <w:br/>
-                （满16人派全陪，全陪选择某一港口出港陪同，其他港口客人自行前往昆明）
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1. 今日无餐饮安排，大家可自行品尝云南风味小吃，在自由出行时，请您保管好个人财物。
                 <w:br/>
                 2. 报名时请留下你在旅行期间使用的手机号码并保持畅通，方便接机师傅与你联系并在机场出口第一时间接到你。
                 <w:br/>
                 3. 初上高原，不适应气候的客人注意休息，避免剧烈运动
                 <w:br/>
                 4. 昆明昼夜温差较大，注意增添衣物
                 <w:br/>
                 <w:br/>
                 特别通知：所有要升级大索道或含大索道的团队，为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。大索道不保证一定能上，望周知！！！
                 <w:br/>
                 交通：飞机、汽车
                 <w:br/>
                 到达城市：昆明市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -673,53 +672,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明-楚雄（车程约2.5小时）
                 <w:br/>
                 酒店享用早餐后，之后乘车前往游览【西山】（车程约40分钟，游约2小时，含门票+景交）西山森林茂密，景致极佳，在古代就有“滇中第一佳境”之誉。远眺西山群峰，既像一尊庞大的睡佛，又似一个美丽曲腿仰卧在滇池畔、青丝垂海的睡美人。登上西山，在修竹茂林间感受西山的古朴、清幽，及至登顶龙门，拜魁星好、求好运。
                 <w:br/>
                 前往最新网红基地【茶马花街】这里美食琳琅，这里聚集了昆明当地最地道的豆花米线、各式烧烤、豆花米线，红糖粑粑，音乐，咖啡，西餐今日中餐就交给你自由选择。
                 <w:br/>
                 后前往楚雄，神圣图腾的彝人部落从【祭火大典】如果您不知道左脚舞怎么跳，那就让彝族小伙和姑娘来教你吧，玩得痛快才地道！此外，“大口喝酒，大块吃肉”的豪情请尽情挥洒在彝人们盛情的【长街宴】，而【彝乡恋歌】带动的热情能让您全身心参与其中，与好客的彝族人民一同上演“同族欢庆”。晚餐后入住酒店。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：车程较长您可提前备些小零食，建议容易晕车客人提前配备相应药物，以备不时之需
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：昆明西山-茶马花街-楚雄【祭火大典】
-[...1 lines deleted...]
-                到达城市：大理白族自治州
+                到达城市：楚雄市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1475,51 +1472,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>