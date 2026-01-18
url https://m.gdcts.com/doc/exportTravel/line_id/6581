--- v0 (2025-12-14)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【纯净三亚22人精品团】海南双飞4天丨蜈支洲岛丨南山文化旅游区丨呀诺达丨槟榔谷丨品火车头海鲜广场爆款海鲜餐丨入住2晚海棠湾麓湖度假酒店行程单</w:t>
+        <w:t xml:space="preserve">【新春版•纯净三亚】海南双飞4天丨蜈支洲岛丨南山文化旅游区丨槟榔谷丨亚龙湾天堂森林公园丨全程酒店连住不挪窝行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -394,57 +394,57 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 每团不超过22人（不包括儿童）
                 <w:br/>
-                ★ 玩转大牌经典：5A蜈支洲岛、5A南山、5A槟榔谷、5A呀诺达热带雨林、5A天涯海角
+                ★ 玩转大牌经典：5A蜈支洲岛、5A南山、5A槟榔谷、5A天涯海角、4A亚龙湾天堂森林公园
                 <w:br/>
                 ★ 舌尖美食：定制赠送-火车头万人海鲜广场爆款海鲜餐、文昌鸡特色餐、黎家簸箕宴
                 <w:br/>
                 ★ 贴心赠送：赠送价值98元/人哇哎噜玻璃观景平台、呀诺达雨林穿梭巴士、玫瑰谷电瓶车
                 <w:br/>
-                ★ 甄选睡眠：1晚三亚网评4钻近海酒店+2晚连住海棠湾麓湖度假酒店
+                ★ 甄选睡眠：2款住宿随心选，网评4钻版VS网评5钻版，全程连住不挪窝
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -578,281 +578,277 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前180分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，含15kg免费托运行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                6、换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:00-08:40（或06:50-08:40），如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 【如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。】
                 <w:br/>
                 7、出于安全考虑需2人起订；如单人单独出行，报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
+                8、如需升级网评五钻版住宿，价格请单询；（五钻版酒店参考：三亚四季海庭.市景房/帆船港.景观房/明申高尔夫.花园房/海湾维景.山景房/伯爵佰悦.轻奢房/ 西藏大厦.园景房或不低于以上标准网评5钻酒店）
+                <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君然温泉酒店.豪华房/三亚椰蓝湾度假酒店.高级房/三亚碧海金沙酒店.园景房/君锦滨海/大东海君亭或不低于以上4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君锦滨海/大东海君亭/君然温泉酒店/椰蓝湾/玛瑞纳度假酒店或不低于以上标准网评4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 蜈支洲岛
                 <w:br/>
                 早餐后，乘船登上5A级景区【蜈支洲岛】（含往返船费，含上下岛时间不少于4小时）《为给您留有更充裕的时间享受岛屿风光，岛上中餐不含，建议自备食品上岛，或自行于岛上用简餐》，这里被称为中国的马尔代夫，这里是玩海的天堂，关掉手机，换上泳装，光着脚丫，心无旁骛，彻底放松。还可以体验潜水、海钓、滑水、帆船、摩托艇、香蕉船、拖曳伞等海上娱乐项目（海上娱乐项目费用不含）；
                 <w:br/>
                 <w:br/>
                 ● 温馨提醒：
                 <w:br/>
                 1.出发前请确认带好泳衣泳裤、拖鞋、防晒霜、防晒伞、防晒霜等装备设备；
                 <w:br/>
                 2.蜈支洲岛需要坐船上岛，乘船时间约 25分钟，请有序排队乘船。如果有晕船的游客可选择靠窗或者船尾的位子， 也可自备晕船药。
                 <w:br/>
                 3.为了保证您有足够的游览时间，岛上以自由活动为主，岛上娱乐项目需自理。
                 <w:br/>
-                4.蜈支洲岛由于游船前往，考虑到可能的颠簸及晕船等情况，暂不接待 70 周岁以上老人、孕妇及行动不便者，敬请谅解。景区暂不提供签署免责协议，请清晰；如不能上岛，请在岛下等候，费用可现退100元/人
+                4.蜈支洲岛由于游船前往，考虑到可能的颠簸及晕船等情况，暂不接待 70 周岁以上老人、孕妇及行动不便者，敬请谅解。景区不保证100%可提供签署免责协议，请清晰；如不能上岛，请在岛下等候，费用可现退100元/人。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：蜈支洲岛
                 <w:br/>
                 自费项：蜈支洲岛海上项目、环岛观光电瓶车；价格以景区当天挂牌价为准，非必消，自愿选择消费原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：海南文昌鸡   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（升级五钻）：海棠湾麓湖度假酒店.园景房/三亚海棠湾中国太平铂骊酒店.高级房或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君锦滨海/大东海君亭/君然温泉酒店/椰蓝湾/玛瑞纳度假酒店或不低于以上标准网评4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                槟榔谷-呀诺达
+                槟榔谷-亚龙湾天堂森林公园
                 <w:br/>
                 早餐后，游览5A景区【槟榔谷黎苗文化旅游区】（游览时间约：120分钟)；走进纯正、灵动的海南民族文化活体博物馆，寻绣面老人，听他们讲过去的故事，与黎家人道一声“波隆”，品一杯山兰玉液，探访海南地道的风土人情。
                 <w:br/>
-                下午前往5A【呀诺达热带雨林文化旅游区】(游览时间不少于3小时，赠送价值60元的雨林穿梭巴士），走进钻石级原生态热带雨林，感受独特的雨林景观（根抱石、空中花园、植物绞杀等）；
-[...5 lines deleted...]
-                温馨提示：如遇雷电、冰雪、大风等恶劣天气，设备临时故障或设备维护保养时，本项目会暂停开放，费用不予退还。
+                下午前游览【亚龙湾热带天堂森林公园】（含景区门票及观光车，不少于2小时），此处为冯小刚电影《非诚勿扰》、热播剧《亲爱的热爱的》的外景拍摄地，是离城市最近的天然氧吧，景区依山而建，被绿色植物完全包围，雾气袅袅，心旷神怡，被誉为“人间天堂”；
                 <w:br/>
                 <w:br/>
                 温馨提示：景区内自设有购物商场，消费遵循自愿原则，请知悉。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：槟榔谷、呀诺达
+                景点：槟榔谷、亚龙湾天堂森林公园
                 <w:br/>
                 自费项：景区电瓶车/园中园项目等，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：黎家簸箕宴     晚餐：火车头海鲜广场爆款海鲜餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（升级五钻）：海棠湾麓湖度假酒店.园景房/三亚海棠湾中国太平铂骊酒店.高级房或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君锦滨海/大东海君亭/君然温泉酒店/椰蓝湾/玛瑞纳度假酒店或不低于以上标准网评4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -983,65 +979,65 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—三亚往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
-                2、住宿：入住1晚当地豪华+2晚超豪华标准建设双人间，不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
+                2、住宿：全程入住当地豪华标准建设双人间（网评4钻），不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
                 3、用餐：全程安排4正3早，早餐酒店含（不用不退），全程共3个特色餐，火车头万人海鲜广场爆款海鲜餐（如放弃不用费用不退）+文昌鸡特色餐（30元）+黎家簸箕宴(35元），人数增减时，菜量相应增减，但维持餐标不变。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：海南省全程空调旅游车（预留1-3个空座，海南24正座以下旅游车无行李箱）；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。8人以下（含儿童）安排导游兼司机；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外）；行程中包含的“蜈支洲岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
-                7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费、免费早餐；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
+                7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费、服务费；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2 岁以下婴儿不含任何费用，大交通由家长自理；
                 <w:br/>
                 8、购物点：无；
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 9、自费项目：导游会推荐晚间自费项目
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1334,51 +1330,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足10成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1615,51 +1611,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>