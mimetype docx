--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-三亚AQ1111/20:10
-[...1 lines deleted...]
-                回程：三亚-广州AQ1112/22:40，最终航班以实际出票为准。
+                去程：广州-三亚AQ1111/19:20
+                <w:br/>
+                回程：三亚-广州AQ1112/22:30，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -563,112 +563,110 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前180分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，含15kg免费托运行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前180分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，含15kg免费托运行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、换季前航班参考：广州-三亚AQ1111/20:10-21:40、CZ6748/06:30-08:20（周四）；
-[...1 lines deleted...]
-                     2025年10月底换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                6、换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 【如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。】
                 <w:br/>
                 7、出于安全考虑需2人起订；如单人单独出行，报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君然温泉酒店.豪华房/三亚椰蓝湾度假酒店.高级房/三亚碧海金沙酒店.园景房或不低于以上4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻近海版）：三亚君然温泉酒店.豪华房/三亚椰蓝湾度假酒店.高级房/三亚碧海金沙酒店.园景房/君锦滨海/大东海君亭或不低于以上4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -863,51 +861,51 @@
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 早餐后，游览【三亚亚龙湾国际玫瑰谷】（送电瓶车，时间不少于120分钟）位于三亚市亚龙湾国际旅游度假区内，总占地2755亩，是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的玫瑰谷。【温馨提示：玫瑰谷自设有开放式购物商场，消费遵循自愿原则，此非我司额外增加购物店，请谅解；】
                 <w:br/>
                 下午游览5A景区【南山文化旅游区】(时间不少于120分钟)；瞻仰目前全球最高海上塑像----108米的海上观音圣像；漫步椰林海岸海天佛国，感受海景园林之美；
                 <w:br/>
                 下午游览5A景区【天涯海角】（时间不少于90分钟）这里海水澄碧，烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境； 
                 <w:br/>
                 4天3晚游客晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、换季前航班参考：三亚-广州AQ1112/22:40-00:15+1、CZ6737/22:10-23:55（周四）；换季后航班参考：三亚广州AQ1112/22:00-23:45；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                2、换季后航班参考：三亚广州AQ1112/22:30-00:20+1；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 4、海南大部分景区内自设有购物商场，此非我司单独安排的购物店，消费均遵循自愿原则，请知悉。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：玫瑰谷、南山、天涯海角
                 <w:br/>
                 自费项：南山电瓶车、天涯海角电瓶车/园中园项目不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1617,51 +1615,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-15</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>