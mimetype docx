--- v1 (2025-12-15)
+++ v2 (2026-03-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【嗨玩香格里拉】云南丽江香格里纯玩双飞5天| 丽江古城| 束河古镇| 玉龙雪山 冰川大索道 蓝月谷|  长江第一湾| 小中甸| 虎跳峡| 独克宗月光古城| 普达措森林公园 （ 直飞丽江往返、升级丽江2晚四钻古城精品客栈  ）行程单</w:t>
+        <w:t xml:space="preserve">【嗨玩香格里拉】云南丽江香格里纯玩双飞5天| 丽江古城| 束河古镇| 玉龙雪山 冰川大索道 蓝月谷|  长江第一湾| 小中甸| 虎跳峡| 独克宗月光古城| 普达措森林公园 （ 直飞丽江往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -390,73 +390,79 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ● 直飞丽江，广东成团，丽江香格里拉纯玩5日游
                 <w:br/>
-                ● 普达措国家公园、独克宗月光古城、虎跳峡、玉龙雪山、蓝月谷等著名景点
+                ● 普达措国家公园、独克宗月光古城、虎跳峡、玉龙雪山、蓝月谷，冰川大索道等著名景点
                 <w:br/>
                 ● 跟着明星去旅行
                 <w:br/>
                 走进网红剧《司藤》拍摄地【纳帕海环湖路】，感受不一样的静谧之美
                 <w:br/>
                 走进纳西神山玉龙，跟随“鲁智深”的脚步探秘南方雪国
                 <w:br/>
                 ● 人文景观：独克宗古城+丽江古城+束河古镇三座古城，三种截然不同的少数民族文化体验
                 <w:br/>
                 ● 打卡纳西族的神山【玉龙雪山】
                 <w:br/>
-                ● 赠送丽江古城放河灯祈福：晚餐后自行挑选时间前往参加【河灯祈福活动】
-[...9 lines deleted...]
-                ●2晚精品商务酒店+升级丽江2晚四钻古城精品人文豪华民宿客栈
+                ● 赠送丽江古城放河灯祈福：给自己所爱的人许愿祈福。
+                <w:br/>
+                ● 赠送丽江古城旅拍，体验一下少数民族的风情
+                <w:br/>
+                ● 漫步丽江非遗文化-古城宣科纳西古乐博物
+                <w:br/>
+                ● 网红小资-享雪山景观咖啡下午茶
+                <w:br/>
+                ● 体验香格里拉歌舞伴餐土司宴，观看特色民族风情晚会
+                <w:br/>
+                ● 成人赠送价值280的印象丽江表演
+                <w:br/>
+                ● 特别安排赠送一晚蜜月夫妻鲜花铺床
+                <w:br/>
+                ● 生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）   
+                <w:br/>
+                ● 臻选全程网评四钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -630,396 +636,415 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江静宁祉悠、盛铂、铂悦、格雅、子悦精品、侨鑫、龙耀祥、吉钰、凯斯酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江- -香格里拉（车程约200公里，行驶约2.5小时）
                 <w:br/>
-                早餐后，出发前往香格里拉，途经【拉市海会所】（门票+骑马费用需自理，参考价格260元/人-298元/人，具体以景区实际产生为准；拉市海为私人场所，山上茶马古道仅针对参加自费的客人开放；不骑马的景区附近自由活动，望周知）它是一个以“湿地”命名的自然保护区，是美国候鸟基地，骑马行走在茶马古道上，当地淳朴的纳西民族马夫会为您牵马，体验马帮历史文化；享用中餐
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后，出发前往香格里拉，途经【拉市海会所】（门票+骑马费用需自理，参考价格260元/人-298元/人，具体以景区实际产生为准；拉市海为私人场所，山上茶马古道仅针对参加自费的客人开放；不骑马的景区附近自由活动，望周知）骑马行走在茶马古道上，当地淳朴的纳西民族马夫会为您牵马，体验马帮历史文化；享用中餐
                 <w:br/>
                 前往香格里拉，途中远眺“江流到此成逆转，奔入中原壮大观”的天下奇观【长江第一湾】
                 <w:br/>
-                前往香格里拉，途中游览【虎跳峡】（不含观光扶梯费用，全程70元/人、单程下30元/人、单程上50元/人）虎跳峡，水势汹涌，声闻数里，以奇险雄壮著称于世，世界上最深的大峡谷之一，国家AAAA级旅游风景名胜区。途中远眺“江流到此成逆转，奔入中原壮大观”的天下奇观
-[...8 lines deleted...]
-                【温馨提示】：1.香格里拉平均海拔约3280米，紫外线较强请注意防晒并注意自己的身体情况，若发现不适，请及时通知导游。建议您提前携带高原反应药物红景天、感冒消炎药、晕车药、止泻药等。
+                前往香格里拉，途中游览【虎跳峡】（不含观光扶梯费用，全程70元/人、单程下30元/人、单程上50元/人）虎跳峡，水势汹涌，声闻数里，以奇险雄壮著称于世，国家AAAA级旅游风景名胜区。
+                <w:br/>
+                抵达【小中甸】牧场，远处观赏高原藏区牧场（因为受草场保护等因素，不能进入草场里面，在路边观赏拍照）    后前往游览热播剧《司藤》拍摄地【纳帕海环湖路】沿途可欣赏草原、湖泊、雪山等景观。
+                <w:br/>
+                网红打卡地标夜游【独克宗古城】转世界上最大的转经筒，为爱你的人和你爱的人祈福。它是按照佛经中的香巴拉理想国建成的。古城依山势而建，路面起伏不平，那是一些岁月久远的旧石头就着自然地势铺成的，至今，石板路上还留着深深的马蹄印，那是当年的马帮给时间留下的信物了
+                <w:br/>
+                晚上：观看藏族有特色的歌舞表演-【土司宴】（游览时间约90分钟）品藏家牦牛小火锅，青稞面，酥油茶等，观看特色民族风情晚会,边吃边欣赏！结束后入住酒店休息。  
+                <w:br/>
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1.香格里拉平均海拔约3280米，紫外线较强请注意防晒并注意自己的身体情况，若发现不适，请及时通知导游。建议您提前携带高原反应药物红景天、感冒消炎药、晕车药、止泻药等。
                 <w:br/>
                 2.骑马听从马夫指挥，携带物品简洁为佳，不要再马上做危险动作，切忌马背上大喊大叫，不要独自骑马离队，时刻注意路况，请各位贵宾注意衣服增减、防晒。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：拉市海 长江第一湾 小中甸牧场 虎跳峡
-[...1 lines deleted...]
-                自费项：拉市海门票+骑马费用参考价格260元/人-298元/人、【土司盛宴】（费用180-280元/人起）
+                景点：拉市海、 长江第一湾 、小中甸牧场 、虎跳峡、独克宗古城
+                <w:br/>
+                自费项：拉市海门票+骑马费用参考价格260元/人-298元/人
                 <w:br/>
                 到达城市：香格里拉县
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">香格里拉首选酒店：第5颗陨石系列酒店-紫薇酒店/天魁酒店，备选酒店：谷神养生、皇朝酒店、康珠酒店、扎西林酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">香格里拉四钻参考酒店：香格里拉嘉悦世纪、  凯里亚德、 艺龙、 藏地圣莲、 茂源、 兰欧 、紫薇 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香格里拉 -丽江（车程约200公里，行驶约2.5小时）
                 <w:br/>
-                酒店用早餐，抵达游览【独克宗古城】前往龟山公园，转世界上最大的转经筒，为爱你的人和你爱的人祈福。
-[...3 lines deleted...]
-                中餐后，启程返回丽江。抵达丽江，晚餐后可欣赏一生必看的震撼演出大型歌舞《丽江千古情》（费用自理300元/人普票、310元/人贵宾票）入住酒店。
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                上午：早餐之前往【香格里拉藏文化中心】这里是云南藏区最大的佛教场所，是以保护、弘扬和传承藏民族传统文化为主，展示了藏传佛教的八个主要流派文化，汇聚藏传佛教与藏文化的殿堂。文化中心藏家风情迷人，旨在传播香格里拉的人文精神和民族文化。
+                <w:br/>
+                后车赴离天堂最近地方，张杰谢娜结婚地【普达措国家公园】（整个景区游览时间不少于180分钟）是香格里拉旅游的主要景点之一。普达措国家公园拥有地质地貌、湖泊湿地、森林草甸、河谷溪流、珍稀动植物等，原始生态环境保存完好。游览【属都湖】这里有水美草丰的牧场、百花盛开的湿地、飞禽走兽出没的原始森林，被称为无任何污染的“童话世界”。 中餐后，启程返回丽江。
+                <w:br/>
+                可欣赏一生必看的震撼演出大型歌舞《丽江千古情》（费用自理300元/人普票、310元/人贵宾票）结束后入住酒店。   
+                <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.普达措国家森林公园游玩时间较长，建议您自备干粮。
                 <w:br/>
                 2.景区内有私人设立的购物场所，请您谨慎选择。如产生消费争议，请自行承担相关责任义务，由此带来的不便，敬请见解。
                 <w:br/>
-                3.为让您更好的体验当地纳西民族风情，我们安排古城内或周边民居特色客栈，房间可能存在有潮气，隔音不好等问题，希望您能以体验心态多谅解，酒店位于束河古镇里面，交通方便，位置优越；因政府规定，旅游大巴无法驶入古城内，需要各位游客步行5至10分钟，方能抵达住宿的酒店，给您带来的不便敬请谅解。
+                3.为让您更好的体验当地纳西民族风情，我们安排古城内或周边民居特色客栈，房间可能存在有潮气，隔音不好等问题，希望您能以体验心态多谅解，酒店位于古镇里面，交通方便，位置优越；因政府规定，旅游大巴无法驶入古城内，需要各位游客步行5至10分钟，方能抵达住宿的酒店，给您带来的不便敬请谅解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：独克宗古城、 普达措国家森林公园
+                景点：香格里拉藏文化中心、 普达措国家森林公园
                 <w:br/>
                 自费项：丽江千古情 自理300元/人
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">丽江丽江花筑奢.栖宿别院、花筑奢.隐庐弘院、山水S、丽江多弗、金府、璞缘精舍或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-玉龙雪山-蓝月谷-丽江古城（车程约37公里，行驶约1小时）
                 <w:br/>
-                	早餐后乘车后前往以“险、奇、美、秀”著称的【玉龙雪山风景区】（路程时间约40分钟，整个景区游览约120分钟不含排队和上索道时间），乘索道（含进山费、含冰川大索道、含环保车）观雪山，沿途欣赏原始森林。
-[...22 lines deleted...]
-                6.古城古镇人流量较大，游玩期间注意个人安全，注意周边及脚下情况，保管好自身财务，以免带来不必要的损失和麻烦。
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后乘车后前往以“险、奇、美、秀”著称的【玉龙雪山风景区】（路程时间约40分钟，整个景区游览约120分钟不含排队和上索道时间），乘索道（含进山费、含冰川大索道、含环保车）观雪山，沿途欣赏原始森林。特别通知：所有要升级大索道或含大索道的团队，为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。如三条索道皆限流或停运，将现退差价120元/人不上索道。请知悉，敬请理解！大索道不保证能上，望周知！！！
+                <w:br/>
+                后游览【白水河、蓝月谷】（蓝月谷电瓶车自理60元/人）在晴天时，水的颜色是蓝色的，而且山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下，所以名叫蓝月谷。而白水河这个名字是因为湖底的泥巴是白色的，下雨时水会变成白色，所以又叫白水河。晚餐后丽江入住酒店。  
+                <w:br/>
+                赠送安排观看原生态大型实景演出《印象·丽江》（观演时间约60分钟 赠送项目 不退不换）以雪山为背景，汲天地之灵气，取自然之大成，以民俗文化为载体，用大手笔的写意，在海拔3100米的世界上最高的演出场地，让生命的真实与震撼，如此贴近每一个人
+                <w:br/>
+                   后前往打卡下午茶【云堤岸咖啡】（成人赠送云堤岸咖啡下午茶套餐一份，可在自由打卡拍照，备注：如遇咖啡厅休息，会换到另外品牌的咖啡馆）之后前往参加【河灯祈福活动】（河灯放送时间 20:00-22:00）（河灯放送赠送项目，不用不退）给自己所爱的人许愿祈福，
+                <w:br/>
+                   实地探访【宣科纳西古乐博物】一处可以坐下来感受的丽江文化空间。深耕丽江，我们始终聚焦最值得呈现的文化内核。持续在路上，以专业与尊重，为你打开更真实的丽江。【赠送丽江古城旅拍，赠送项目不退不换】（含古城换装旅拍：含每人一套服装使用，衣服可选民族服饰，三种服装风格，使用完需归还；不含化妆，赠送每人6张电子底片）后游览世界文化遗产【丽江古城、四方街】(丽江古城属于开放式景点，游客自由游览，自行返回酒店)丽江古城内的街道依山傍水修建，以红色角砾岩铺就，有四方街、木府、白沙民居建筑群、束河民居建筑群等景点,走过石板路，感受四方街的繁华和热闹，体会小桥流水人家的韵味,走进丽江古城，感受纳西风情，
+                <w:br/>
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                （二）关于儿童暑假、寒假、黄金周以及门票紧张的玉龙雪山儿童门票的告知：
+                <w:br/>
+                1、身高范围在1.4米（含）以上，则按成人团队套票报名时需购买：儿童只要超过1.4米的身高，都需要提前输单制团队卡（针对旅行社输单制卡只能按成人票价格来结算），临时现场补票是不保证贵宾的儿童能补到票的，可能会出现家长有票，儿童只能在雪山下等家长的情况，所以建议携带儿童身高超1.4米的家庭务必报名时确认身高以免造成不必要的损失和不便，儿童雪山结算价格402元（古维50+进山费210元+大索120+电瓶车20+保险2）。
+                <w:br/>
+                2、身高范围在：1.2-1.39米的按景区现场优惠价补票，1.19米以下免费（仅参考，具体根据景区现场收费标准来）。
+                <w:br/>
+                3、儿童价不含印象丽江表演费用，景区挂牌价280元，儿童具体收费标准根据景区实际情况收取。
+                <w:br/>
+                4、玉龙雪山大索道海拔4500m以上，如出现头晕、呼吸困难等症状，请尽快告知随团导游或景区工作人员；
+                <w:br/>
+                5、游览期间索道口游客集中，有可能会出现排队现象，请耐心等待；雪山上温度较低，游览时请注意防寒保暖；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：玉龙雪山、蓝月谷、冰川大索道、丽江古城
-[...1 lines deleted...]
-                自费项：蓝月谷电瓶车60/人.
+                景点：玉龙雪山、蓝月谷、冰川大索道、云堤岸咖啡、宣科纳西古乐博物、丽江古城
+                <w:br/>
+                自费项：蓝月谷电瓶车40/人.
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丽江花筑奢.栖宿别院、花筑奢.隐庐弘院、丽江多弗、金府、璞缘精舍或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江温德姆花园、 柏纳、戴斯温德姆、天香阁、祥和一号、丽江M酒店、丽江达安曼国际酒店、柏宇云龙、璞缘精舍或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江-广州（航程约3小时）
                 <w:br/>
-                 早餐后，根据航班时间自由活动，安排送机，把心中的留恋藏在心底，结束美妙的旅程
-[...5 lines deleted...]
-                    赠送【非遗体验-围炉煮茶】仪式感拉满，古香古色的院子，营造出“结庐在人境，而无车马喧”的闲适；从快节奏的生活工作中“偷得浮生半日闲”体验【围炉煮茶】中式的装修、火红的炭炉、古朴的茶具、精致的茶点，三五好友围坐闲聊…从烟熏火燎的取暖方式，到走红网络的休闲方式，围炉煮茶的重新出圈，得益于煮茶带来的仪式感。不同于传统的品茶，体验围炉煮茶的消费者，更多是奔着这种独特的体验，古香古色的院子，营造出“结庐在人境，而无车马喧”的闲适，自己动手煮茶，茶盏空了又满，一杯杯茶水入口，“浇出胸中不语尘”……
+                游玩时间仅参考，以实际安排为准
+                <w:br/>
+                早餐：酒店内早餐
+                <w:br/>
+                早餐后前往【束河古镇】(赠送小马车）束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。
+                <w:br/>
+                    体验纳西庭院下午茶——【围炉煮茶】慢火烹茶，静享时光。不如，小坐一下赴一场新中式茶局，冬日暖阳至、相约围炉、笑谈人生百事、惬意休闲旅游，浪漫如约而至；将每一寸光阴浸泡在喝茶的时间里，尽享人间好时节，尽享旅行的温暖浪漫；在这里时间可以过的很慢，在这里可以忘掉一切烦心事，你只需要安安静静享受此刻的安静与美好，围炉喝茶，品茶品行品百味人生
+                <w:br/>
+                   后前往游览【黑龙潭公园】秀丽的木氏土司皇家园林只见远处玉龙雪山倒遇潭中，出现“雪山四万八千丈，银屏一角深插底”的奇景。象山半壁映入水中，使黑龙潭山中有水，水中有山，山水相映，黑龙潭以其天生丽质，名列《中国名泉》、《中国风景名胜》等书
+                <w:br/>
+                   后根据航班时间安排送机，把心中的留恋藏在心底，结束美妙的旅程
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。感谢各位贵宾对我们工作的支持和理解，我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 3.如当天返程航班时间较晚，有延迟退房需求的，请于该酒店规定的退房时间前至总台办理延迟手续，产生费用自理（现付总台）。
                 <w:br/>
                 交通：汽车，飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1498,122 +1523,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 60.00</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 180.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 40.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1862,51 +1816,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>