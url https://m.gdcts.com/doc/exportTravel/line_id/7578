--- v0 (2025-10-05)
+++ v1 (2025-12-13)
@@ -29,51 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【轻奢•逍遥趣旅行】海南三亚双飞4天丨呆呆岛丨加井岛浮潜不限时丨神州半岛灯塔丨南山文化旅游区丨天涯海角丨天堂森林公园丨全程网评五钻酒店行程单</w:t>
+        <w:t xml:space="preserve">【拼小团•逍遥趣旅行】海南三亚双飞4天丨呆呆岛丨加井岛浮潜不限时丨神州半岛灯塔丨南山文化旅游区丨天涯海角丨天堂森林公园丨全程网评五钻酒店行程单</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">每团不超6成人</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -345,110 +359,112 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程：广州-三亚AQ1111/19:20-20:55
                 <w:br/>
-                回程：三亚-广州AQ1112/21:55-23:25，最终航班以实际出票为准。
+                回程：三亚-广州AQ1112/22:30-00:20+1，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★每团不超过16成人精品团
+                ★每团不超过6成人精品团
                 <w:br/>
                 ★专车接送机0等待、0购物店0自费推荐
                 <w:br/>
                 ★花样潮玩: 探秘绝美玻璃海.加井岛 、网红宝藏小岛.呆呆岛
                 <w:br/>
                 ★大牌经典：5A南山文化旅游区、5A天涯海角、4A亚龙湾热带天堂森林公园
                 <w:br/>
-                ★小众玩法：疍家文化探秘港湾游、野趣赶海、喂食深海大石斑、拉网捕鱼体验
+                ★小众玩法：疍家文化探秘港湾游、沙滩赶海、拉网捕鱼体验
                 <w:br/>
                 ★网红万宁：石梅湾、凤凰九里书屋、神州半岛灯塔
                 <w:br/>
-                ★地道美食：南山素斋+海边烧烤大餐+特色小炒
+                ★地道美食：南山自助素斋+海边烧烤大餐
+                <w:br/>
+                ★赠    送：天涯书局浪漫下午茶
                 <w:br/>
                 ★甄选酒店：全程网评五钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -569,64 +585,64 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店（机场专人接机，落地即走，无缝对接，即时送达酒店）
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-22:55，含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店（机场专人接机，落地即走，无缝对接，即时送达酒店）
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
-                5、航班参考：广州-三亚AQ1111/19:20-20:55、CZ6736/22:05-23:40（周三四），如出AQ九元航空机票行李额仅含15kg，不得指定航班，以实际出票为准。
+                5、10月底换季后航班参考：广州-三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，以实际出票为准。
                 <w:br/>
                 6、出于安全考虑不接受单人单独参团，需2人起订；65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -796,80 +812,80 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 陵水-三亚（车程约1小时）
                 <w:br/>
                 ◆享用早餐后，开始精彩的旅程
                 <w:br/>
                 ◆游览【呆呆岛】（含上下岛游览时间不少于2.5小时，海上项目费用不含），小红书爆火小众海岛，海南原生态小岛，这里椰林摇曳、碧海蓝天、水清沙幼，宛如世外桃源，满足你对夏日海岛所有的想象，你可以看海吹海风发发呆，你可以各种拍美照，无需滤镜，随手一拍就是大片， 玩累了你可以找个椰子树下的吊床小憩片刻，伴着阵阵涛声，枕着椰风树影，惬意又美好！
                 <w:br/>
                 ◆【野趣赶海】沿着洁白的沙滩前行，让我们一起去打开大海的盲盒，一起挖呀挖!躲藏在沙滩洞洞里的螃蟹，看你往哪里跑？
                 <w:br/>
-                ◆【 疍家文化探秘港湾游】（游览时间约30分钟）——在陵水县新村镇东南部，碧波荡漾的新村潟湖港湾南，北长4公里，东西宽6公里，900多家渔排星罗棋布分布其中， 这里被称为“海上的村庄”。码头乘坐游船，让我们一起寻找“海上吉普赛人”，疍家文化渔趣体验。 在疍家鱼排喂食深海大石斑（送1份鱼食)，近距离摸河豚鱼，海星等海洋生物。通过疍家阿妹的介绍和全程参与，感受疍家文化，更深入感受海南本土文化。
+                ◆【 疍家文化探秘港湾游】（游览时间约30分钟）——在陵水县新村镇东南部，碧波荡漾的新村潟湖港湾南，北长4公里，东西宽6公里，900多家渔排星罗棋布分布其中， 这里被称为“海上的村庄”。码头乘坐游船，让我们一起寻找“海上吉普赛人”，疍家文化渔趣体验。 
                 <w:br/>
                 ◆拉网捕鱼体验，感受渔民生活，体验拉网、收网的辛苦，享受收获乐趣。
                 <w:br/>
                 ◆下午前往【亚龙湾热带天堂森林公园】（含景区门票及观光车，不少于2.5小时）此处为冯小刚电影《非诚勿扰2》的外景拍摄地，是离城市较近的天然氧吧，景区依山而建，被绿色植物完全包围，雾气袅袅，心旷神怡，被誉为“人间天堂”；
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：呆呆岛、港湾游、亚龙湾热带天堂森林公园
                 <w:br/>
                 自费项：景区内园中园项目，消费自愿原则，费用请当地自理；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：特色小炒     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">三亚主推酒店：三亚鹿回头国宾馆（或三亚清能丽景海湾酒店）/三亚四季海庭酒店/三亚华美达广场酒店-舒适房/三亚悦澜湾君澜酒店/三亚中心皇冠假日酒店/三亚亿源轩宇大酒店或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -886,90 +902,90 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 ◆享用早餐后，开始精彩的旅程
                 <w:br/>
                 ◆游览5A景区【南山文化旅游区】(含用餐时间不少于3小时)，瞻仰108米的海上观音圣像；漫步椰林海岸海天佛国，感受海景园林之美；
                 <w:br/>
-                ◆下午游览5A景区【天涯海角】（时间不少于120分钟）这里海水澄碧，烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境；建议打卡“天涯书局” 、“情侣树”“天涯石”、“海角石”、“南天一柱”。
+                ◆下午游览5A景区【天涯海角+赠送天涯书局浪漫下午茶】（时间不少于120分钟）这里海水澄碧，烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境；建议打卡“天涯书局” 、“情侣树”“天涯石”、“海角石”、“南天一柱”。
                 <w:br/>
                 ◆晚上根据航班时间约定送机，结束全部旅程。 
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                4、航班参考：三亚-广州AQ1112/21:55-23:25、CZ6749/19:15-21:00（周三四），如出AQ九元航空机票行李额仅含15kg，不得指定航班，以实际出票为准。
+                4、航班参考：三亚-广州AQ1112/22:30-00:20+1，如出AQ九元航空机票行李额仅含15kg，不得指定航班，以实际出票为准。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：南山、天涯海角
                 <w:br/>
                 自费项：电瓶车费用不含，园中园项目费用不含
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：南山素斋     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：南山自助素斋     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1022,67 +1038,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—三亚往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：全程当地超豪华标准酒店双人间。不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。海花岛欧堡酒店不可加床，单人请补单房差，详细价格请单询。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：含3正3早，早餐酒店含；正餐均价50元/人，南山素斋+海边烧烤大餐（赠送项目，不用不退）+特色小炒。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。温馨提示：导游可根据时间等实际情况或特殊原因对餐厅作出调整；
-[...1 lines deleted...]
-                4、用车：海南省全程空调旅游车，根据实际人数安排5-50座车，保证每人一正座；
+                3、用餐：含2正3早，早餐酒店含；正餐均价50元/人，南山自助素斋+海边烧烤大餐（赠送项目，不用不退）。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。温馨提示：导游可根据时间等实际情况或特殊原因对餐厅作出调整；
+                <w:br/>
+                4、用车：海南省全程空调旅游车，根据实际人数安排用车，保证每人一正座；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。6人以下（含儿童）安排导游兼司机；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“加井岛”景区因赴岛工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待；加井岛赠送项目60岁以上张长者无法体验，费用不退。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费、车位费；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2岁以下婴儿不含任何费用，大交通由家长自理；
                 <w:br/>
                 8、购物点：无；
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
+                <w:br/>
+                9、贴心赠送：矿泉水2瓶/天/人，神州半岛电瓶车，海边烧烤大餐，天涯书局下午茶（以上赠送项目，如遇客人放弃，费用不退！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1420,51 +1438,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>