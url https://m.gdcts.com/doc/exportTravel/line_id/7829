--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景陕西】西安双飞6天丨品质纯玩丨古观音禅寺赏千年银杏丨秦始皇兵马俑丨华山论剑看英雄丨西安博物馆丨黄河壶口瀑布丨延安枣园杨家岭丨钟鼓楼广场回民街丨大唐不夜城丨永兴坊行程单</w:t>
+        <w:t xml:space="preserve">【全景陕西】西安双飞5天丨品质纯玩丨秦始皇兵马俑丨华山论剑看英雄丨西安博物馆丨黄河壶口瀑布丨延安枣园杨家岭丨钟鼓楼广场回民街丨大唐不夜城丨永兴坊行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XFX-20250812SX3</w:t>
+              <w:t xml:space="preserve">XFX-20251028SX3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,71 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城：CA4594/06：50-09：25 
-[...19 lines deleted...]
-                临汾-广州：CZ8928/19:55-22:35
+                广州-西安：CZ3231/19:20-22:00
+                <w:br/>
+                西安-广州：CZ3208/18:00-21:05
                 <w:br/>
                 <w:br/>
                 （仅供参考，以实际出票为准，行程游览顺序根据出票航班时间调整为准！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -419,52 +401,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【精华推荐】
                 <w:br/>
                 “ 庙宇秦淮渡，翠竹绿池边；灯火映钟楼，人间第一景‘’西安是岁月留下的珍珠，一砖一瓦见证着西安几千年来的繁华历史。秦始皇的大秦帝国，千年之谜，永恒之美—兵马俑；问鼎五岳之巅西岳华山，回味金庸笔下的侠客柔情；网红打卡西安文化地标—大唐不夜城，穿越盛唐，一睹顶流步行街的光辉灿烂；母亲河岸边观赏混沌奇迹《壶口瀑布》，感叹大自然的力量；到访革命的摇篮延安枣园//杨家岭，追忆革命先驱精神！逛吃美食集合地网红永兴坊、回民街，带您领略最地道的老陕美味打卡陕西精华景点，走进千年历史文化！
                 <w:br/>
                 <w:br/>
                 ★【优选酒店】入住网评4钻酒店+1晚壶口景区酒店+1晚华山客栈
-                <w:br/>
-                ★【特别体验】打卡千年古刹之一古观音禅寺，观传说李世民亲手栽种千年银杏树
                 <w:br/>
                 ★【独家安排】大峡迎宾礼和太极舞；感受流金岁月的侠骨柔情
                 <w:br/>
                 ★【赏国家宝藏】【专业地陪导游+博物馆专家】专业讲解全程干货！
                 <w:br/>
                 ★【网红打卡】夜游大唐不夜城，汉服游人，仿若穿越大唐盛世
                 <w:br/>
                 ★【超值赠送】观看沉浸式3D巨幕电影【秦始皇和他的地下王国】
                 <w:br/>
                 ★【美食品鉴】华山英雄宴+西安秦宴+西安饺子宴+陕北风味
                 <w:br/>
                 ★【优选航班】 广州直飞，商务航班，纯玩不购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -593,146 +573,135 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城/延安/临汾（航班待定，飞行约3小时）-壶口（车程约3小时）
-[...1 lines deleted...]
-                广州机场乘机飞运城/临汾/延安，接机后乘车前往酒店，安排入住酒店。
+                广州-西安（航班待定，飞行约3小时）
+                <w:br/>
+                广州机场乘机飞陕西省会西安，西安，简称“镐”，古称长安、镐京。地处关中平原中部、北濒渭河、南依秦岭，八水润长安，是联合国教科文组织于1981年确定的“世界历史名城”是中华文明和中华民族重要发祥地之一，丝绸之路的起点。接机后入住酒店。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">运城/临汾：亚朵酒店；美巢雅韵、维也纳酒店、通宝美丽豪或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西安：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                运城/临汾-华山（车程约3.5小时）
-[...10 lines deleted...]
-                ③由于华山上无法安排餐食，故需要客人自行准备午餐携带，您可携带一些面包、榨菜、方便食品。
+                西安—兵马俑（车程约1小时）-华山（车程约1小时）
+                <w:br/>
+                早餐后，乘车前往【西安博物院】（景区逢周二闭馆；因景区流量较大，需客人自行提前预约，以实际预约到为准，如无法参观调整为【张学良公馆（西安事变纪念馆）逢周一闭馆】）参观以展示珍贵文物，唐代千年古塔、悠扬的雁塔晨钟、秀丽的园林景观而闻名的--西安博物院，由文物展馆区、小雁塔以及荐福寺为核心的历史名胜区、园林游览区三部分组成，唐代密檐砖塔，是佛教传入中原地区并融入汉族文化的标志性建筑。，后乘车前往游览【秦始皇帝陵博物院】（不含景区耳麦20元人，不含小交通5元人，参观约2.5小时）1987年被联合国教科文组织批准列入《世界遗产名录》的世界第八大奇迹游览秦始皇兵马俑博物馆（一、二、三号坑）。铜车马展厅（不含秦陵电瓶车15元人）兵马俑是秦始皇陵的从葬坑，被誉为"世界第八大奇迹”，1987年由联合国教科文组织列入“世界人类文化遗产”目录。亲子体验：观看沉浸式3D巨幕电影【秦始皇和他的地下王国】（赠送项目无退费）。特别升级一餐：品味西安，升级秦宴，一道小宴，一瞬千年。后前往华阴县，入住华山客栈或同级。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：华山风景区
-[...1 lines deleted...]
-                自费项：未含：往返索道及进山车190-360元/人不等
+                景点：西安博物院、秦始皇兵马俑
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -762,342 +731,183 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山–兵马俑（车程约1小时）-西安（车程约1小时）
-[...1 lines deleted...]
-                早餐后，乘车前往临潼，后乘车前往游览【秦始皇帝陵博物院】（不含景区耳麦20元人，不含小交通5元人，参观约2.5小时）1987年被联合国教科文组织批准列入《世界遗产名录》的世界第八大奇迹游览秦始皇兵马俑博物馆（一、二、三号坑）。铜车马展厅（不含秦陵电瓶车15元人）兵马俑是秦始皇陵的从葬坑，被誉为"世界第八大奇迹”，1987年由联合国教科文组织列入“世界人类文化遗产”目录。特别升级一餐：品味西安，升级秦宴，一道小宴，一瞬千年。特别安排：【兵马俑研学基地】亲手制作“兵马俑”，亲身体验一个兵马俑由陶土→成俑的制作过程，让学生们更直观深刻的认识到兵马俑的内部构成和组成的大秦“黑科技”。使同学们对中国古代文明有了更深的了解，学习了中国古代人民的伟大智慧，深刻领会了中国传统文化的浩瀚精深。游览位于西安市最中心的【钟鼓楼广场】，接着去邻近著名的坊上美食文化街区【回民街】，主街北院门曾经是清代官署区，因陕西巡抚衙门府在鼓楼的北边，故名北院。90年代末期，一部分回民在此区域租房经营餐饮为生，这里便成为了回民街，自行品尝西安特色小吃。特别升级安排：西安饺子宴，品尝中华传统美食。古城西安名胜古迹荟萃，自古就有“长安八景”。西安又有一景。它不是名寺古刹、也不是绝世珍宝、而是被称为“神州一绝”的西安饺子宴。随后前往赠送夜游【大唐不夜城】，感受美轮美奂的夜色美景，走在发出悦耳动听的地上钢琴，看随音乐不断变换的水景喷泉，来一场与不倒翁小姐姐的美丽邂逅，在这样一个夜光璀璨的后花园，热闹的氛围使人不自觉的深入其中，观赏全亚洲最大的水景广场西安城市会客厅--大雁塔广场自由拍照（游览约40M），可远眺西安标志性建筑-大雁塔。后入酒店休息。
+                华山–壶口（车程约3.5小时）
+                <w:br/>
+                早餐后，乘车赴华山（行车约2小时，高速路140KM），游览以＂奇、险、峻、绝、幽＂名冠天下西岳【华山】（含门票、不含往返索道及进山车），华山素有“奇险天下第一山”之称，华山之险居五岳之首，有“华山自古一条路”的说法，游览武侠大师-金庸华山论剑处,华山四季景色神奇多变（游览约5小时）。乘车前往壶口，参观中国第一大黄色瀑布—【黄河壶口瀑布】（含门票，不含电瓶车40元人，参观约1.5小时）壶口瀑布是黄河中游流经晋陕大峡谷时形成的一个天然瀑布。仅次于贵州省黄果树瀑布的第二大瀑布。滚滚黄河水至此，洪流骤然被两岸所束缚，上宽下窄，落差中翻腾倾涌，声势如同在巨大无比的壶中倾出，故名“壶口瀑布”。后入住酒店。
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                ①华山有北峰和西峰2个索道，同团客人可能会选择不同的索道上山，有以下三种乘坐方式供游客选择：1、北峰往返150元/人，进山车40元/人2、西峰往返280元/人，进山车80元/人，3、西峰上行北峰下行220元/人，进山车60元/人。
+                <w:br/>
+                ②由于职业的身体承受因素，导游只带游客乘索道上山，讲解并交代注意事项后，游客在山上自由选择路线爬山，导游在山下约定的时间、地点等候集合。
+                <w:br/>
+                ③由于华山上无法安排餐食，故需要客人自行准备午餐携带，您可携带一些面包、榨菜、方便食品。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：秦始皇帝陵博物院、钟鼓楼广场/回民街、大唐不夜城
-[...1 lines deleted...]
-                自费项：未含：兵马俑耳麦20元人、兵马俑小交通5元人、秦陵电瓶车15元人
+                景点：华山
+                <w:br/>
+                自费项：未含：华山含往返索道及进山车190-360元/人不等、壶口瀑布电瓶车40元人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">西安：威尔佳/万信/锦业二路智选或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">壶口：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安一地
-[...1 lines deleted...]
-                早餐后，乘车前往【西安博物院】（景区逢周二闭馆；因景区流量较大，需客人自行提前预约，以实际预约到为准，如无法参观调整为【张学良公馆（西安事变纪念馆）逢周一闭馆】）参观以展示珍贵文物，唐代千年古塔、悠扬的雁塔晨钟、秀丽的园林景观而闻名的--西安博物院，由文物展馆区、小雁塔以及荐福寺为核心的历史名胜区、园林游览区三部分组成，唐代密檐砖塔，是佛教传入中原地区并融入汉族文化的标志性建筑。乘车前往西安市罗汉洞村，游览【古观音禅寺】（约1.5小时，景区需客人自行提前预约，以实际预约到为准，如无法参观调整为游览4A景区【汉城湖】），建于唐贞观年间（公元628年），距今约有1400年历史，为终南山千年古刹之一。古观音禅寺之中千年银杏树，传说是当年李世民亲手栽种，每年秋季，满寺尽带黄金甲，美呆了！【银杏最佳观赏时间】（参考往年：9月中下旬—11月初），【温馨提示：以上观赏时间表，仅供参考，银杏根据当季天气情况而定，不受人为控制，以实景为准，敬请谅解！】寺院里的银杏叶，静静地听着袅袅禅音，有一种繁华落尽，梦回大唐的错觉。后乘车前往西安-【永兴坊】，深度了解老陕的饮食文化。永兴坊原为唐朝魏征府邸旧址，为了完善顺城巷历史风貌，充分彰显古城历史底蕴，为古城新添了一个“坊”式的美食文化街区，不仅可以感受“唐城108坊”的风貌，还能够品尝到最正宗的不同区域特色的陕西民间小吃。
+                壶口-延安（车程约2.5小时）-西安（车程约4小时）
+                <w:br/>
+                早餐后，乘车前往延安，后参观延安的中南海—【枣园】（不含景区耳麦10元人）是周恩来、刘少奇等革命伟人的旧居，也是书记处小礼堂、作战研究室和机要室旧址等（参观约40分钟）。游览抗日战争时期的中共中央机关【杨家岭】（不含耳麦10元/人，游览时间约50分钟）。游览【延安红街】以1935年至1948年延安的历史脉络作为建设主题，巧妙地将党中央在延安的革命历程进行了线性排布，每一个广场、每一段街区都是承载着一段历史记忆。特别升级安排：西安饺子宴，品尝中华传统美食。古城西安名胜古迹荟萃，自古就有“长安八景”。西安又有一景。它不是名寺古刹、也不是绝世珍宝、而是被称为“神州一绝”的西安饺子宴。随后前往赠送夜游【大唐不夜城】，感受美轮美奂的夜色美景，走在发出悦耳动听的地上钢琴，看随音乐不断变换的水景喷泉，来一场与不倒翁小姐姐的美丽邂逅，在这样一个夜光璀璨的后花园，热闹的氛围使人不自觉的深入其中，观赏全亚洲最大的水景广场西安城市会客厅--大雁塔广场自由拍照（游览约40M），可远眺西安标志性建筑-大雁塔。后入酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：西安博物院、古观音禅寺、永兴坊
+                景点：古观音禅寺、钟鼓楼广场、回民街
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：威尔佳/万信/锦业二路智选或不低于以上标准酒店</w:t>
-            </w:r>
-[...165 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1131,51 +941,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票（含税价）。进出港口、航班时间等以航司出票为准。报名时请提供身份证复印件。
                 <w:br/>
                 2、住宿：行程所列参考酒店（当地网评4钻酒店+1晚壶口景区住宿）或同级标准酒店（民宿客栈），若出现单男单女， 客人需补单房差入住双标间，酒店没有三人间，不能加床。住宿先后顺序可根据实际情况调整。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉。
                 <w:br/>
-                3、用餐：（5早6正），正餐餐标30元/人，全程不够9人，导游现退餐费，客人自行安排；（酒店房费含早，不用不退，如有特殊用餐需备注），10-12 人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                3、用餐：（5早5正），正餐餐标30元/人，全程不够9人，导游现退餐费，客人自行安排；（酒店房费含早，不用不退，如有特殊用餐需备注），10-12 人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费。（备注：如人数不足8人不安排导游，安排司机兼导游）
                 <w:br/>
                 6、门票：部分景点首道门票（以行程为准）。注：旅游项目费用如遇到国家政策性调价，将收取差价。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 7、小童：（2-12周岁）不包含住宿床位及景区门票（含机位、车位、正餐、酒店早餐）。
                 <w:br/>
                 8、购物点：纯玩。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1917,51 +1727,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>