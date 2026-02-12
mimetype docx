--- v1 (2026-01-18)
+++ v2 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【惠游长安】西安双飞5天 | 西安秦始皇兵马俑 | 西安古城墙 | 赠送西安千古情表演 | 白鹿原影视城 | 蓝田水陆庵 | 大唐不夜城 | 西安博物馆 | 打卡陕西钟鼓楼广场回民街 | 纯玩行程单</w:t>
+        <w:t xml:space="preserve">【惠游长安】陕西西安双飞5天 | 西安秦始皇兵马俑 | 青龙寺赏樱花 | 西安古城墙 | 赠送西安千古情表演 | 白鹿原影视城 | 蓝田水陆庵 | 大唐不夜城 | 西安博物馆 | 打卡陕西钟鼓楼广场回民街 | 纯玩行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XFX-20251020SX5</w:t>
+              <w:t xml:space="preserve">XFX-20260123SX5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安市-秦始皇兵马俑-西安钟鼓楼</w:t>
+              <w:t xml:space="preserve">西安市-秦始皇兵马俑-西安钟鼓楼-西安明城墙</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -397,64 +397,68 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【精华推荐】
                 <w:br/>
-                “ 庙宇秦淮渡，翠竹绿池边；灯火映钟楼，人间第一景‘’西安是岁月留下的珍珠，一砖一瓦见证着西安几千年来的繁华历史。秦始皇的大秦帝国，千年之谜，永恒之美—兵马俑；穿越上世纪初的关中平原白鹿原影视城，每一砖每一瓦都透着浓浓的年代感；网红打卡西安文化地标—大唐不夜城，穿越盛唐，一睹顶流步行街的光辉灿烂；跟着《黑神话悟空》游戏认识和欣赏中国古建的美学和智慧，网红打卡蓝田水陆庵；国家一级博物馆-千年文化的历史征程西安博物院；逛吃美食集合地网红永兴坊、回民街带您领略最地道的老陕美味，打卡西安精华景点，走进千年历史文化！
-                <w:br/>
+                “ 庙宇秦淮渡，翠竹绿池边；风吹樱花树，人间第一景‘’西安是岁月留下的珍珠，一砖一瓦见证着西安几千年来的繁华历史。秦始皇的大秦帝国，千年之谜，永恒之美—兵马俑；穿越上世纪初的关中平原白鹿原影视城，每一砖每一瓦都透着浓浓的年代感；观赏青龙寺绝美樱花，感受青春少女情怀；网红打卡西安文化地标—大唐不夜城，穿越盛唐，一睹顶流步行街的光辉灿烂；跟着《黑神话悟空》游戏认识和欣赏中国古建的美学和智慧，网红打卡蓝田水陆庵；国家一级博物馆-千年文化的历史征程西安博物院；逛吃美食集合地网红永兴坊、回民街带您领略最地道的老陕美味，打卡西安精华景点，走进千年历史文化！
+                <w:br/>
+                <w:br/>
+                ★【优选酒店】全程西安酒店连住不挪窝，享受商务舒适旅程
+                <w:br/>
+                ★【超值赠送】赠送价值298元人观看大型实景演出《西安千古情》
+                <w:br/>
+                ★【网红打卡】
+                <w:br/>
+                夜游大唐不夜城，中国首屈一指的顶流“步行街”映入眼帘的汉服游人，仿若穿越大唐盛世。
+                <w:br/>
+                网红打卡 跟着《黑神话悟空》游戏场景地-蓝田水陆庵，走进中国古建筑美学的世界。
+                <w:br/>
+                踏春祈福 青龙寺踏春赏樱花祈福，感受青春少女情怀。
                 <w:br/>
                 ★【优选航班】 广州直飞西安，商务航班，纯玩不购物
                 <w:br/>
-                ★【赏秋打卡】千年古刹之一古观音禅寺，观传说李世民亲手栽种千年银杏树
-[...7 lines deleted...]
-                ★【美食品鉴】 白鹿原油泼面+王翦牛肉火锅+西安饺子宴
+                ★【美食品鉴】 白鹿原油泼面+关中九大碗+西安饺子宴
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,51 +577,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-西安（飞行约2.5小时）
                 <w:br/>
-                广州乘机前往陕西省会西安，西安，简称“镐”，古称长安、镐京。地处关中平原中部、北濒渭河、南依秦岭，八水润长安，是联合国教科文组织于1981年确定的“世界历史名城”是中华文明和中华民族重要发祥地之一，丝绸之路的起点。后入住酒店。
+                广州乘机前往陕西省会西安，西安，简称“镐”，古称长安、镐京。地处关中平原中部、北濒渭河、南依秦岭，八水润长安，是联合国教科文组织于1981年确定的“世界历史名城”是中华文明和中华民族重要发祥地之一，丝绸之路的起点后入酒店休息。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -649,53 +653,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-蓝田（车程约1小时）-罗汉洞村（车程约1小时）
-[...1 lines deleted...]
-                早餐后，乘车前往【白鹿原影视城】，是以陈忠实先生茅盾文学奖获奖作品《白鹿原》为文化依托，由陕西旅游集团倾情打造的集影视拍摄、精彩演艺、文化创意、美食民俗、休闲游乐为一体的综合性主题乐园。项目整体占地1050亩，是陕西省政府重点文化产业项目。项目通过展示建筑、历史、饮食、曲艺等载体，充分还原了关中民俗文化，形成影视拍摄区白鹿村、滋水县城、景观步道、创意文化区、游乐园多个主题区域，是陕西旅游的一张新名片。中餐特别安排享用张嘉译同款——油泼面，聊咋咧！！！打卡《黑神话·悟空》游戏取景地-【蓝田水陆庵】，六朝名刹，庵内有古代彩塑，被誉为中国第二个敦煌，庵内有古代彩塑3700余座，座座精美绝伦，栩栩如生。后乘车前往西安市罗汉洞村，游览【古观音禅寺】（约1.5小时，景区需客人自行提前预约，以实际预约到为准，如无法参观调整为游览4A景区【汉城湖】），建于唐贞观年间（公元628年），距今约有1400年历史，为终南山千年古刹之一。古观音禅寺之中千年银杏树，传说是当年李世民亲手栽种，每年秋季，满寺尽带黄金甲，美呆了！【银杏最佳观赏时间】（参考往年：10月中下旬—11月中旬），【温馨提示：以上观赏时间表，仅供参考，银杏根据当季天气情况而定，不受人为控制，以实景为准，敬请谅解！】寺院里的银杏叶，静静地听着袅袅禅音，有一种繁华落尽，梦回大唐的错觉。
+                西安-蓝田（车程约1小时）
+                <w:br/>
+                早餐后，打卡《黑神话·悟空》游戏取景地-【蓝田水陆庵】，六朝名刹，庵内有古代彩塑，被誉为中国第二个敦煌，庵内有古代彩塑3700余座，座座精美绝伦，栩栩如生。乘车前往【白鹿原影视城】，是以陈忠实先生茅盾文学奖获奖作品《白鹿原》为文化依托，由陕西旅游集团倾情打造的集影视拍摄、精彩演艺、文化创意、美食民俗、休闲游乐为一体的综合性主题乐园。项目整体占地1050亩，是陕西省政府重点文化产业项目。项目通过展示建筑、历史、饮食、曲艺等载体，充分还原了关中民俗文化，形成影视拍摄区白鹿村、滋水县城、景观步道、创意文化区、游乐园多个主题区域，是陕西旅游的一张新名片。中餐特别安排享用张嘉译同款——油泼面，聊咋咧！！！ 后乘车回西安，入住酒店。
                 <w:br/>
                 <w:br/>
                 推荐自费：
                 <w:br/>
                 可自费参加园中园特色项目：（白鹿原影视基地套票包含：二虎守长安实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验 打包价240元/人）。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：白鹿原影视城、蓝田水陆庵、古观音禅寺
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -736,60 +740,60 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-临潼（车程约1小时）
                 <w:br/>
-                早餐后，乘车前往临潼，后乘车前往游览【秦始皇帝陵博物院】（不含景区耳麦20元人，不含小交通5元人，参观约2.5小时）1987年被联合国教科文组织批准列入《世界遗产名录》的世界第八大奇迹游览秦始皇兵马俑博物馆（一、二、三号坑）。铜车马展厅（不含秦陵电瓶车15元人）兵马俑是秦始皇陵的从葬坑，被誉为"世界第八大奇迹”，1987年由联合国教科文组织列入“世界人类文化遗产”目录。后乘车前往西安市区，自由逛【钟鼓楼广场、穆斯林回民街】（参观约1.5小时），西安市的“城市客厅”；细细品味古长安八景之一“晨钟暮鼓”的古老和悠远；走走青石板的街道，漫步于最具西北特色的仿古一条街-穆斯林回民街，感受西北地区少数民族风俗，可品尝西北最具特色的各类特色小吃。自由品尝美陕西美食。后前往【易俗社文化街区】位于西安钟楼西北，东起案板街、南至东大街、西至北大街、北至西一路， 整个街区以西安古秦腔剧社-易俗社剧场为核心，不听秦腔不识陕，不至易俗不知秦，步干年古都 赏大秦之腔，感受这里独有的传统文化之美。西安易俗社文化街区负一层被称作复古街区：80 年代的照相馆、录像厅、小吃铺、理发店、复古彩色霓虹灯、钟楼小奶糕、 大梁自行车....时光一去不复返，往事只能回味....
+                早餐后，乘车前往临潼，后乘车前往游览【秦始皇帝陵博物院】（不含景区耳麦20元人，不含小交通5元人，参观约2.5小时）1987年被联合国教科文组织批准列入《世界遗产名录》的世界第八大奇迹游览秦始皇兵马俑博物馆（一、二、三号坑）。铜车马展厅（不含秦陵电瓶车15元人）兵马俑是秦始皇陵的从葬坑，被誉为"世界第八大奇迹”，1987年由联合国教科文组织列入“世界人类文化遗产”目录。后乘车前往西安市区，自由逛【钟鼓楼广场、穆斯林回民街】（参观约1.5小时），西安市的“城市客厅”；细细品味古长安八景之一“晨钟暮鼓”的古老和悠远；走走青石板的街道，漫步于最具西北特色的仿古一条街-穆斯林回民街，感受西北地区少数民族风俗，可品尝西北最具特色的各类特色小吃。自由品尝美陕西美食。
                 <w:br/>
                 <w:br/>
                 推荐自费：
                 <w:br/>
                 参观华夏文旅大型实景文化演绎【驼铃传奇.秀】（298/人起）古长安（西安）作为唐王朝政治和经济的中心，百国朝贺、民族交融的鼎盛景象，恰似一幅绚丽多彩、悠雅辉煌的书卷，在舞姬轻歌曼舞、丝竹笙箫、衣袖纷飞间展示出华夏文明的灿烂繁荣；《秦俑情》（298/人起）一台大型历史舞台剧，以一个普通秦兵的视角和一段穿越千年的爱恋，引领观众走进历史上空前绝后的战国时代。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：秦始皇帝陵博物院
+                景点：秦始皇帝陵博物院、钟鼓楼广场、穆斯林回民街
                 <w:br/>
                 自费项：未含：兵马俑耳麦20元人、兵马俑小交通5元人、秦陵电瓶车15元人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -823,51 +827,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安一地
                 <w:br/>
-                早餐后，乘车前往【西安博物院】（景区逢周二闭馆；因景区流量较大，需客人自行提前预约，以实际预约到为准，如无法参观调整为【张学良公馆（西安事变纪念馆）逢周一闭馆】）参观以展示珍贵文物，唐代千年古塔、悠扬的雁塔晨钟、秀丽的园林景观而闻名的--西安博物院，由文物展馆区、小雁塔以及荐福寺为核心的历史名胜区、园林游览区三部分组成，唐代密檐砖塔，是佛教传入中原地区并融入汉族文化的标志性建筑。后乘车前往西安市-【永兴坊】，深度了解老陕的饮食文化。永兴坊原为唐朝魏征府邸旧址，为了完善顺城巷历史风貌，充分彰显古城历史底蕴，为古城新添了一个“坊”式的美食文化街区，不仅可以感受“唐城108坊”的风貌，还能够品尝到最正宗的不同区域特色的陕西民间小吃。超值赠送：观看价值298元人大型实景演出【西安千古情】（赠送项目，不产生不 退费用）景区以大型歌舞《西安千古情》为核心，展现了西安的千年文化。给我一天，还我千年，沉浸式地感受一场艺术盛宴。千古情是一生必看的演出。随后前往夜游【大唐不夜城】，打卡盛唐密盒流量密码，看“房谋杜断”组合爆梗不断。感受美轮美奂的夜色美景，走在发出悦耳动听的地上钢琴，看随音乐不断变换的水景喷泉，来一场与不倒翁小姐姐的美丽邂逅，在这样一个夜光璀璨的后花园，热闹的氛围使人不自觉的深入其中，观赏全亚洲最大的水景广场西安城市会客厅--大雁塔广场自由拍照（游览约40M），可远眺西安标志性建筑-大雁塔。后入住酒店。
+                早餐后，乘车前往【西安博物院】（景区逢周二闭馆；因景区流量较大，需客人自行提前预约，以实际预约到为准，如无法参观调整为【张学良公馆（西安事变纪念馆）逢周一闭馆】）参观以展示珍贵文物，唐代千年古塔、悠扬的雁塔晨钟、秀丽的园林景观而闻名的--西安博物院，由文物展馆区、小雁塔以及荐福寺为核心的历史名胜区、园林游览区三部分组成，唐代密檐砖塔，是佛教传入中原地区并融入汉族文化的标志性建筑。后乘车前往西安市-【永兴坊】，深度了解老陕的饮食文化。永兴坊原为唐朝魏征府邸旧址，为了完善顺城巷历史风貌，充分彰显古城历史底蕴，为古城新添了一个“坊”式的美食文化街区，不仅可以感受“唐城108坊”的风貌，还能够品尝到最正宗的不同区域特色的陕西民间小吃。超值赠送：观看价值298元人大型实景演出【西安千古情】（赠送项目，不产生不 退费用）景区以大型歌舞《西安千古情》为核心，展现了西安的千年文化。给我一天，还我千年，沉浸式地感受一场艺术盛宴。千古情是一生必看的演出。随后前往夜游【大唐不夜城】，打卡盛唐密盒流量密码。感受美轮美奂的夜色美景，走在发出悦耳动听的地上钢琴，看随音乐不断变换的水景喷泉，来一场与不倒翁小姐姐的美丽邂逅，在这样一个夜光璀璨的后花园，热闹的氛围使人不自觉的深入其中，观赏全亚洲最大的水景广场西安城市会客厅--大雁塔广场自由拍照（游览约40M），可远眺西安标志性建筑-大雁塔。后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：西安博物院、永兴坊、大唐不夜城、【西安千古情】演出（赠送项目，不产生不退费用）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -903,57 +907,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-广州（飞行约2.5小时）
                 <w:br/>
-                早餐后，乘车前往游览被认为是我国历史上盛唐时期的国家建筑【丹凤门广场】。是唐朝皇帝出入宫城的主要通道，是唐代 200 多年间举行登基、改元、大赦、宴会等大典的重要政治场所。前往西安市区，乘车前往游览【明城墙】（游玩约1.5小时）现存城墙建于明洪武七年到十一年(1374-1378)，至今已有600多年历史，是我国现存最完整的一座古代城垣建筑，整座城墙，包括护城河、吊桥、闸楼、箭楼、正楼、角楼、敌楼、女儿墙、垛口等一系列设施，是一座构成严密完整的中世纪古城堡。后入酒店休息。
-[...1 lines deleted...]
-                乘车前往西安机场飞往广州，结束愉快的旅程！
+                早餐后，乘车前往参观【青龙寺赏樱花】（游览约1.5 小时，花期三月中下旬至四月上旬，此景点属于自然景观，我社根据天气花期安排）每年的三月份，是古城西安春暖花开的日子。这里有最齐全的樱花品种，最悠久的樱花种植历史，最珍贵的樱花文化，最值得大家欣赏的樱花风景。每到阳春三月，寺院内樱花相继盛开，春色满圆，姹紫嫣红，吸引了许多国内外游客前来观赏，感受春的气息。。前往西安市区，乘车前往游览【明城墙】（游玩约1.5小时）现存城墙建于明洪武七年到十一年(1374-1378)，至今已有600多年历史，是我国现存最完整的一座古代城垣建筑，整座城墙，包括护城河、吊桥、闸楼、箭楼、正楼、角楼、敌楼、女儿墙、垛口等一系列设施，是一座构成严密完整的中世纪古城堡。后乘车前往西安机场飞往广州，结束愉快的旅程！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：丹凤门广场
+                景点：青龙寺、明城墙
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1260,51 +1262,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">【必消套餐，报名时与团款一起付清】</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                唐大明宫国家遗址公园广场+西安博物院+兵马俑+回民街+古观音禅寺+夜游大唐不夜城+永兴坊+蓝田水陆庵+白鹿原+西安千古情 综合服务费=599元人（大小长者同价）
+                青龙寺赏樱花+西安博物院+兵马俑+回民街+夜游大唐不夜城+永兴坊+蓝田水陆庵+白鹿原+西安千古情 综合服务费=599元人（大小长者同价）
                 <w:br/>
                 <w:br/>
                 备注：因该产品为景区联动特价打包产品，无任何优惠退免。因天气原因或人力不可抗拒等因素造成无法游览以下景点，个人自身原因放弃游览以下景点我社不退任何费用！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1478,57 +1480,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">行程外其他景点（加点推荐自费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                城墙80元人
+                西安：驼铃传奇或秦俑情 298/人起
+                <w:br/>
+                白鹿原影视基地套票包含：二虎守长安实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验 打包价240元/人
                 <w:br/>
                 大雁塔50元人  登塔25元人
-                <w:br/>
-[...2 lines deleted...]
-                白鹿原影视基地套票包含：虎守长安实景演绎+华阴老腔+声音博物馆+长安翱翔+上行观光电梯+下行观光车+穿越1912换装体验 打包价240元/人
                 <w:br/>
                 <w:br/>
                 备注：以上项目费用包含景区门票，景区讲解费用，司机车费，过路费用，司机导游服务费用。导游会建议性质的套加景点，客人根据实际情况和导游协商参加。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1810,51 +1810,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>